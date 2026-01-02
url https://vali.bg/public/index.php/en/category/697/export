--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -34,147 +34,147 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>ACT Monitor stand extra wide with drawer, adjustable height</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8210</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama Monitor Holder, Height-adjustable, Swivel / Tilt, 33 - 81 cm (13" - 32")</t>
+  </si>
+  <si>
+    <t>HAMA-118489</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Hama Monitor Holder, Height-adjustable, Swivel / Tilt, 33 - 81 cm (13" - 32")</t>
-[...7 lines deleted...]
-  <si>
     <t>Desk Mount ENDORFY - Atlas Single 13"-27" - Black</t>
   </si>
   <si>
     <t>END-MOUNT-EY8F001</t>
   </si>
   <si>
+    <t>ACT Monitor stand extra wide with two drawers, up to 10kg, adjustable height</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8215</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>ACT Monitor stand extra wide with two drawers, up to 10kg, adjustable height</t>
-[...2 lines deleted...]
-    <t>EWENT-ACT-MON-AC8215</t>
+    <t>Desk Mount ENDORFY - Atlas Single 13"-27" - Onyx White</t>
+  </si>
+  <si>
+    <t>END-MOUNT-EY8F002</t>
+  </si>
+  <si>
+    <t>Single monitor arm Black AC8301</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-MON-AC8301</t>
+  </si>
+  <si>
+    <t>Desk Mount Monitor Arm ARCTIC X1, 13"-49", 15 kg, Black</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00061A</t>
+  </si>
+  <si>
+    <t>Hama Monitor Holder, Height-adjustable, Swivel/Tilt, Pull-out, 13" - 32"</t>
+  </si>
+  <si>
+    <t>HAMA-118490</t>
   </si>
   <si>
     <t>Desk Mount Monitor Arm ARCTIC Z1 Basic, Adjustable, 13"-43", 15 kg, Black</t>
   </si>
   <si>
     <t>ARCTIC-MOUNT-AEMNT00039A</t>
   </si>
   <si>
-    <t>Desk Mount ENDORFY - Atlas Single 13"-27" - Onyx White</t>
-[...22 lines deleted...]
-  <si>
     <t>Arctic Z1 (Gen 3) Desk Mount Monitor Arm With USB Hub</t>
   </si>
   <si>
     <t>ARCTIC-MOUNT-AEMNT00052A</t>
   </si>
   <si>
     <t>Monitor desk mount, 2 screens up to 32", VESA</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8302</t>
   </si>
   <si>
     <t>Desk Mount Monitor ARCTIC Z2 Basic</t>
   </si>
   <si>
     <t>ARCTIC-MOUNT-AEMNT00040A</t>
   </si>
   <si>
     <t>Hama Monitor Holder, 2 Monitors, Height-adjustable, Swivel/Tilt, 13" - 32"</t>
   </si>
   <si>
     <t>HAMA-118491</t>
   </si>
   <si>
     <t>Height Adjustable Stand 23.6″ ~ 28″</t>
   </si>
   <si>
     <t>HSG-STAND-HAS-14G000</t>
   </si>
   <si>
+    <t>Desk Mount Monitor Arm ARCTIC X1-3D, 13"-43", 10 kg, Black</t>
+  </si>
+  <si>
+    <t>ARCTIC-MOUNT-AEMNT00062A</t>
+  </si>
+  <si>
     <t>Desk Mount Dual Monitor Arm ARCTIC Z2 (Gen3), 34", 15 kg, 4 x USB 2.0, Black</t>
   </si>
   <si>
     <t>ARCTIC-MOUNT-AEMNT00053A</t>
-  </si>
-[...4 lines deleted...]
-    <t>ARCTIC-MOUNT-AEMNT00062A</t>
   </si>
   <si>
     <t>Monitor desk mount, 2 screens up to 27", VESA</t>
   </si>
   <si>
     <t>EWENT-ACT-MON-AC8315</t>
   </si>
   <si>
     <t>Wall Mount Monitor ARCTIC W1-3D</t>
   </si>
   <si>
     <t>ARCTIC-MOUNT-AEMNT00032A</t>
   </si>
   <si>
     <t>Hama Monitor Holder, 2 Monitors, Height-adjustable, Swivel/Tilt, 13" - 35"</t>
   </si>
   <si>
     <t>HAMA-118494</t>
   </si>
   <si>
     <t>Hannspree POS Stand Deluxe</t>
   </si>
   <si>
     <t>HSG-STAND-POS-BLACK03G</t>
   </si>
@@ -713,625 +713,625 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>43.488</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>45.0</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>45.132</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>48.996</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>48.996</v>
+        <v>51.9</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
-        <v>51.9</v>
+        <v>54.96</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
-        <v>54.96</v>
+        <v>56.04</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
-        <v>56.04</v>
+        <v>58.8</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>62.652</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>66.984</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>69.0</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>75.864</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>78.228</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>83.844</v>
+        <v>83.688</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>85.368</v>
+        <v>83.844</v>
       </c>
       <c r="D17" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>96.624</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>111.876</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>112.512</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>113.436</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>122.868</v>
       </c>
       <c r="D22" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>129.084</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>145.212</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>146.688</v>
       </c>
       <c r="D25" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>152.964</v>
       </c>
       <c r="D26" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>160.164</v>
       </c>
       <c r="D27" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>198.996</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>198.996</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>203.244</v>
       </c>
       <c r="D30" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>250.008</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>279.0</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>279.0</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>288.996</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>298.992</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>298.992</v>
       </c>
       <c r="D36" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>399.0</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>449.004</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>459.0</v>
       </c>
       <c r="D39" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>459.0</v>
       </c>
       <c r="D40" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>588.0</v>
       </c>
       <c r="D41" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>798.996</v>
       </c>
       <c r="D42" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>898.992</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>1359.0</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>1599.0</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D46"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>