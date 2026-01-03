--- v0 (2025-12-13)
+++ v1 (2026-01-03)
@@ -2099,51 +2099,51 @@
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
         <v>31.26</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
         <v>31.32</v>
       </c>
       <c r="D76" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
         <v>31.368</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
         <v>31.656</v>
@@ -2169,51 +2169,51 @@
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
         <v>38.28</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>40.056</v>
       </c>
       <c r="D81" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
         <v>40.956</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>53.592</v>
@@ -2351,51 +2351,51 @@
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
         <v>85.116</v>
       </c>
       <c r="D93" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>188</v>
       </c>
       <c r="B94" t="s">
         <v>190</v>
       </c>
       <c r="C94">
         <v>86.004</v>
       </c>
       <c r="D94" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>191</v>
       </c>
       <c r="B95" t="s">
         <v>192</v>
       </c>
       <c r="C95">
         <v>87.156</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>193</v>
       </c>
       <c r="B96" t="s">
         <v>194</v>
       </c>
       <c r="C96">
         <v>92.712</v>
@@ -2435,51 +2435,51 @@
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>199</v>
       </c>
       <c r="B99" t="s">
         <v>200</v>
       </c>
       <c r="C99">
         <v>110.928</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>201</v>
       </c>
       <c r="B100" t="s">
         <v>202</v>
       </c>
       <c r="C100">
         <v>119.244</v>
       </c>
       <c r="D100" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>203</v>
       </c>
       <c r="B101" t="s">
         <v>204</v>
       </c>
       <c r="C101">
         <v>119.244</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>4</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102">
         <v>3.792</v>
@@ -3499,51 +3499,51 @@
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>152</v>
       </c>
       <c r="B175" t="s">
         <v>153</v>
       </c>
       <c r="C175">
         <v>31.26</v>
       </c>
       <c r="D175" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>154</v>
       </c>
       <c r="B176" t="s">
         <v>155</v>
       </c>
       <c r="C176">
         <v>31.32</v>
       </c>
       <c r="D176" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>156</v>
       </c>
       <c r="B177" t="s">
         <v>157</v>
       </c>
       <c r="C177">
         <v>31.368</v>
       </c>
       <c r="D177" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>158</v>
       </c>
       <c r="B178" t="s">
         <v>159</v>
       </c>
       <c r="C178">
         <v>31.656</v>
@@ -3569,51 +3569,51 @@
     <row r="180" spans="1:4">
       <c r="A180" t="s">
         <v>162</v>
       </c>
       <c r="B180" t="s">
         <v>163</v>
       </c>
       <c r="C180">
         <v>38.28</v>
       </c>
       <c r="D180" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>164</v>
       </c>
       <c r="B181" t="s">
         <v>165</v>
       </c>
       <c r="C181">
         <v>40.056</v>
       </c>
       <c r="D181" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>166</v>
       </c>
       <c r="B182" t="s">
         <v>167</v>
       </c>
       <c r="C182">
         <v>40.956</v>
       </c>
       <c r="D182" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>168</v>
       </c>
       <c r="B183" t="s">
         <v>169</v>
       </c>
       <c r="C183">
         <v>53.592</v>
@@ -3723,51 +3723,51 @@
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>188</v>
       </c>
       <c r="B191" t="s">
         <v>189</v>
       </c>
       <c r="C191">
         <v>85.116</v>
       </c>
       <c r="D191" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>188</v>
       </c>
       <c r="B192" t="s">
         <v>190</v>
       </c>
       <c r="C192">
         <v>86.004</v>
       </c>
       <c r="D192" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>191</v>
       </c>
       <c r="B193" t="s">
         <v>192</v>
       </c>
       <c r="C193">
         <v>87.156</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>193</v>
       </c>
       <c r="B194" t="s">
         <v>194</v>
       </c>
       <c r="C194">
         <v>92.712</v>