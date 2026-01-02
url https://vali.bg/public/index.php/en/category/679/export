--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,125 +7,128 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$183</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$182</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Cable  ESTILLO E-Serial ATA (eSATA), 1m</t>
   </si>
   <si>
     <t>EST-SERIAL-CABLE-INT-1M</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Fan spliter Noctua 4 PIN 10cm PWM Y-Split</t>
   </si>
   <si>
     <t>NOCTUA-NA-YSPWM</t>
   </si>
   <si>
     <t>Extension cable Noctua NA-EC2, 1 x 30 cm</t>
   </si>
   <si>
     <t>NOCTUA-NA-EC2</t>
   </si>
   <si>
     <t>Cable DeLock Power SATA HDD to 4 pin, angled, 15 cm</t>
   </si>
   <si>
     <t>DELOCK-60101</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Delock SATA 6 Gb/s Extension Cable 50 cm red</t>
   </si>
   <si>
     <t>DELOCK-83954</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Delock Cable PCI Express power supply 8 pin to 2 x 5¼“ for graphics card</t>
   </si>
   <si>
     <t>DELOCK-82397</t>
   </si>
   <si>
     <t>Delock SATA 6 Gb/s Extension Cable 30 cm red</t>
   </si>
   <si>
     <t>DELOCK-83953</t>
   </si>
   <si>
     <t>Delock Cable SATA 6 Gb/s male straight &gt; SATA male straight 30 cm red metal</t>
   </si>
   <si>
     <t>DELOCK-82676</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Delock Power Cable SATA 15 pin receptacle &gt; 4 pin floppy male 15 cm</t>
   </si>
   <si>
     <t>DELOCK-83918</t>
   </si>
   <si>
     <t>Delock Power Cable PCI Express 6 pin female &gt; PCI Express 8 pin male 20 cm</t>
   </si>
   <si>
     <t>DELOCK-83775</t>
   </si>
   <si>
     <t>Delock SATA Cable, Serial-ATA III, 6 Gbit/s, Internal, 90°, 0.30 m</t>
   </si>
   <si>
     <t>DELOCK-82806</t>
   </si>
   <si>
     <t>Cable DeLock Molex 4 pin to SATA 15 pin, 12 cm</t>
   </si>
   <si>
     <t>DELOCK-60100</t>
   </si>
   <si>
     <t>Delock Cable Molex 3 pin female &gt; 2 x Molex 3 pin male (fan) 22 cm</t>
@@ -142,65 +145,62 @@
   <si>
     <t>Delock PCI Express power cable 6 pin female &gt; 2 x 8 pin male 30 cm</t>
   </si>
   <si>
     <t>DELOCK-83433</t>
   </si>
   <si>
     <t>Cable DeLock Power SATA 15pin to 2x 4pin Molex female, 20cm</t>
   </si>
   <si>
     <t>DELOCK-65159</t>
   </si>
   <si>
     <t>Cable DeLock Power Cable SATA 15 pin plug to 4 pin female, 12 cm</t>
   </si>
   <si>
     <t>DELOCK-60115</t>
   </si>
   <si>
     <t>Delock Power cable 2 x 4 pin Molex male &gt; 8 pin EPS male 15 cm</t>
   </si>
   <si>
     <t>DELOCK-83410</t>
   </si>
   <si>
+    <t>Cable DeLock Power SATA 15 pin to 6 pin PCI Express,  20 cm</t>
+  </si>
+  <si>
+    <t>DELOCK-82924</t>
+  </si>
+  <si>
     <t>Delock Cable Power SATA 15 pin male to Molex 4 pin female + SATA 15 pin female</t>
   </si>
   <si>
     <t>DELOCK-65235</t>
   </si>
   <si>
-    <t>Cable DeLock Power SATA 15 pin to 6 pin PCI Express,  20 cm</t>
-[...7 lines deleted...]
-  <si>
     <t>Cable DeLock Power Cable SATA 15 pin female to 4 pin female, 20 cm</t>
   </si>
   <si>
     <t>DELOCK-60136</t>
   </si>
   <si>
     <t>Hama SATA III Data Cable, internal, 0.45 m</t>
   </si>
   <si>
     <t>HAMA-200739</t>
   </si>
   <si>
     <t>Delock Extension cable P4 4 pin male &gt; P4 4 pin female 30 cm</t>
   </si>
   <si>
     <t>DELOCK-84954</t>
   </si>
   <si>
     <t>Cable DeLock Power Molex 4 Pin male to 2 x SATA 15 Pin 16 cm</t>
   </si>
   <si>
     <t>DELOCK-60102</t>
   </si>
   <si>
     <t>Delock DVI HDMI™ Adapter, DVI plug - HDMI™ socket, gold-plated</t>
@@ -244,98 +244,110 @@
   <si>
     <t>DELOCK-60105</t>
   </si>
   <si>
     <t>Cable ACT AK2315, 1.8 metre Serial 1:1 connection cable 9 pin RS232 female - 9 pin RS232 female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2315</t>
   </si>
   <si>
     <t>Cable ACT 1.8 metres Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2305</t>
   </si>
   <si>
     <t>on route</t>
   </si>
   <si>
     <t>Cable ACT AK2185 1.8 metres Serial 1:1 connection cable 9 pin RS232 male - 9 pin RS232 male</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2185</t>
   </si>
   <si>
+    <t>Delock Adapter 90° DisplayPort 1.4, 20 pin male to DisplayPort 1.4 20 pin female, 8K 7680 x 4320 @ 60 Hz with DSC support</t>
+  </si>
+  <si>
+    <t>DELOCK-66296</t>
+  </si>
+  <si>
     <t>Cable ACT AK2316, 3 metre Serial 1:1 connection cable 9 pin RS232 female - 9 pin RS232 female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2316</t>
   </si>
   <si>
     <t>Delock DisplayPort 1.4 Adapter male to female 90° right angled 8K 60 Hz</t>
   </si>
   <si>
     <t>DELOCK-66297</t>
   </si>
   <si>
     <t>Adapter DeLock D-Sub 9 pin male &gt; D-Sub 9 pin female</t>
   </si>
   <si>
     <t>DELOCK-65255</t>
   </si>
   <si>
     <t>3 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2306</t>
   </si>
   <si>
     <t>Delock Cable Power SATA 15 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm multicolour</t>
   </si>
   <si>
     <t>DELOCK-60141</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 1 m</t>
   </si>
   <si>
     <t>DELOCK-80261</t>
   </si>
   <si>
     <t>Delock Cable Power Molex 4 pin plug &gt; 4 x SATA 15 pin receptacle 40 cm</t>
   </si>
   <si>
     <t>DELOCK-60142</t>
   </si>
   <si>
     <t>Delock Extension cable SATA 6 Gb/s 22 pin plug &gt; SATA 22 pin receptacle (5 V + 12 V) 30 cm</t>
   </si>
   <si>
     <t>DELOCK-83803</t>
   </si>
   <si>
+    <t>Delock Serial Cable RS-232 DB9 F (with screw) - RS-232 RJ45 M - 1m, for consoles of CISCO routers, switches, access points</t>
+  </si>
+  <si>
+    <t>DELOCK-63341</t>
+  </si>
+  <si>
     <t>Delock Adapter mini DisplayPort 1.2 female &gt; female Gender Changer</t>
   </si>
   <si>
     <t>DELOCK-65450</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 2 m</t>
   </si>
   <si>
     <t>DELOCK-80262</t>
   </si>
   <si>
     <t>5 metre Serial 1:1 connection cable 9 pin D-sub male - 9 pin D-sub female</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK2307</t>
   </si>
   <si>
     <t>Delock Adapter HDMI-A male &gt; VGA female with Audio, Black</t>
   </si>
   <si>
     <t>DELOCK-65901</t>
   </si>
   <si>
     <t>Delock Adapter DisplayPort male &gt; DisplayPort female angled down</t>
@@ -388,95 +400,95 @@
   <si>
     <t>Delock Cable DisplayPort 2.0 male &gt; DisplayPort male 10K 3 m</t>
   </si>
   <si>
     <t>DELOCK-80263</t>
   </si>
   <si>
     <t>Cable ACT AK3991, DisplayPort male - HDMI-A male, 3 m, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK3991</t>
   </si>
   <si>
     <t>ACT Cable Display port 2.1 male-male, 8K@60Hz, 4k@240Hz, 1m, black</t>
   </si>
   <si>
     <t>EWENT-ACT-CAB-AK4081</t>
   </si>
   <si>
     <t>USB to Serial Converter (Basic version)</t>
   </si>
   <si>
     <t>EWENT-ACT-AC6000</t>
   </si>
   <si>
+    <t>Converter ATEN UC232A1, USB to RS-232, 1.0 m cable</t>
+  </si>
+  <si>
+    <t>ATEN-UC232A1-AT</t>
+  </si>
+  <si>
     <t>DELOCK-80265</t>
   </si>
   <si>
     <t>Delock Coiled Cable RJ50 male to D-Sub 9 female 1.5 m black</t>
   </si>
   <si>
     <t>DELOCK-87996</t>
   </si>
   <si>
     <t>Delock Cable DisplayPort 1.2 male &gt; DVI 24+1 male passive 2 m black</t>
   </si>
   <si>
     <t>DELOCK-82591</t>
   </si>
   <si>
     <t>Delock DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
   </si>
   <si>
     <t>DELOCK-85660</t>
   </si>
   <si>
     <t>j5create 4K DisplayPort Cable</t>
   </si>
   <si>
     <t>J5-JDC42</t>
   </si>
   <si>
     <t>call</t>
   </si>
   <si>
     <t>DELOCK-80266</t>
   </si>
   <si>
     <t>JDA154 DisplayPort to HDMI Adapter</t>
   </si>
   <si>
     <t>J5-JDA154</t>
   </si>
   <si>
-    <t>Converter ATEN UC232A1, USB to RS-232, 1.0 m cable</t>
-[...4 lines deleted...]
-  <si>
     <t>Delock Mini DisplayPort to DisplayPort cable 8K 60 Hz 2 m DP 8K certified</t>
   </si>
   <si>
     <t>DELOCK-84928</t>
   </si>
   <si>
     <t>Delock 63482 DisplayPort Adapter for DVI, Ultra HD</t>
   </si>
   <si>
     <t>DELOCK-63482</t>
   </si>
   <si>
     <t>Adapter ACT AC6002, USB-C to Serial, 1.5 m</t>
   </si>
   <si>
     <t>EWENT-ACT-AC6002</t>
   </si>
   <si>
     <t>Delock USB 2.0 to serial RS-232 adapter D-Sub 9 female with compact connector housing 50 cm FTDI</t>
   </si>
   <si>
     <t>DELOCK-66453</t>
   </si>
   <si>
     <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 1 m, Black</t>
@@ -623,56 +635,50 @@
     <t>Delock USB-A male - RJ12 (RS232) for Skywatcher Telescopes, 2m</t>
   </si>
   <si>
     <t>DELOCK-66735</t>
   </si>
   <si>
     <t>Delock Active DisplayPort 1.2 to HDMI Cable 4K 60 Hz 2 m</t>
   </si>
   <si>
     <t>DELOCK-85956</t>
   </si>
   <si>
     <t>Cable Delock HDMI to DisplayPort cable 4K 30 Hz 3 m, Black</t>
   </si>
   <si>
     <t>DELOCK-85965</t>
   </si>
   <si>
     <t>ATEN-IC485SN-AT</t>
   </si>
   <si>
     <t>Адаптер Delock USB 2.0 към Serial RS-422/485</t>
   </si>
   <si>
     <t>DELOCK-62406</t>
-  </si>
-[...4 lines deleted...]
-    <t>ATEN-UC3008A1-AT</t>
   </si>
   <si>
     <t>j5create USB-C® to Dual USB-C Adapter</t>
   </si>
   <si>
     <t>J5-JCA164</t>
   </si>
   <si>
     <t>Delock Active DisplayPort 1.4 to HDMI Adapter 4K 60 Hz (HDR)</t>
   </si>
   <si>
     <t>DELOCK-66436</t>
   </si>
   <si>
     <t>Adapter Delock Mini PCIe to M.2 Key E slot</t>
   </si>
   <si>
     <t>DELOCK-63909</t>
   </si>
   <si>
     <t>3in1 Adapter Delock 63925 USB-C - VGA DVI HDMI Socket, Black</t>
   </si>
   <si>
     <t>DELOCK-63925</t>
   </si>
@@ -1126,51 +1132,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D183"/>
+  <dimension ref="A1:D182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="148.535" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1207,401 +1213,401 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>3.288</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>4.368</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>4.728</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>4.728</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>4.86</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>4.884</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>5.676</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>5.724</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>5.964</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>6.192</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>6.372</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>6.384</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>6.708</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>6.756</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>6.876</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>6.9</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>6.996</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
-        <v>7.044</v>
+        <v>6.996</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>7.416</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>7.5</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>7.512</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>7.932</v>
+        <v>7.98</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>8.244</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>9.204</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>9.252</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>9.564</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>9.9</v>
       </c>
       <c r="D30" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>10.176</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>11.22</v>
@@ -1638,2102 +1644,2088 @@
         <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
         <v>11.964</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>12.456</v>
+        <v>12.204</v>
       </c>
       <c r="D36" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>78</v>
       </c>
       <c r="B37" t="s">
         <v>79</v>
       </c>
       <c r="C37">
-        <v>12.576</v>
+        <v>12.456</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38">
-        <v>12.912</v>
+        <v>12.576</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>83</v>
       </c>
       <c r="C39">
-        <v>13.704</v>
+        <v>12.912</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
-        <v>14.688</v>
+        <v>13.704</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
-        <v>15.252</v>
+        <v>14.688</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
-        <v>15.528</v>
+        <v>15.252</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
-        <v>15.72</v>
+        <v>15.528</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
-        <v>17.676</v>
+        <v>15.72</v>
       </c>
       <c r="D44" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
-        <v>18.024</v>
+        <v>17.556</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>96</v>
       </c>
       <c r="B46" t="s">
         <v>97</v>
       </c>
       <c r="C46">
-        <v>18.54</v>
+        <v>17.676</v>
       </c>
       <c r="D46" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>98</v>
       </c>
       <c r="B47" t="s">
         <v>99</v>
       </c>
       <c r="C47">
-        <v>18.96</v>
+        <v>18.276</v>
       </c>
       <c r="D47" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>100</v>
       </c>
       <c r="B48" t="s">
         <v>101</v>
       </c>
       <c r="C48">
-        <v>19.848</v>
+        <v>18.54</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>102</v>
       </c>
       <c r="B49" t="s">
         <v>103</v>
       </c>
       <c r="C49">
-        <v>19.872</v>
+        <v>18.852</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>104</v>
       </c>
       <c r="B50" t="s">
         <v>105</v>
       </c>
       <c r="C50">
-        <v>20.364</v>
+        <v>19.848</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>106</v>
       </c>
       <c r="B51" t="s">
         <v>107</v>
       </c>
       <c r="C51">
-        <v>23.172</v>
+        <v>19.872</v>
       </c>
       <c r="D51" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>108</v>
       </c>
       <c r="B52" t="s">
         <v>109</v>
       </c>
       <c r="C52">
-        <v>24.66</v>
+        <v>20.364</v>
       </c>
       <c r="D52" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
-        <v>24.84</v>
+        <v>23.172</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
-        <v>26.808</v>
+        <v>24.66</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
-        <v>27.264</v>
+        <v>24.84</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
-        <v>28.596</v>
+        <v>26.808</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>118</v>
       </c>
       <c r="B57" t="s">
         <v>119</v>
       </c>
       <c r="C57">
-        <v>30.6</v>
+        <v>27.264</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>120</v>
       </c>
       <c r="B58" t="s">
         <v>121</v>
       </c>
       <c r="C58">
-        <v>30.852</v>
+        <v>28.596</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>123</v>
       </c>
       <c r="C59">
-        <v>31.2</v>
+        <v>30.6</v>
       </c>
       <c r="D59" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="B60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C60">
-        <v>31.74</v>
+        <v>30.852</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C61">
-        <v>31.884</v>
+        <v>31.2</v>
       </c>
       <c r="D61" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C62">
-        <v>32.112</v>
+        <v>31.452</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>129</v>
+        <v>88</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
-        <v>32.928</v>
+        <v>31.74</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
-        <v>33.492</v>
+        <v>31.884</v>
       </c>
       <c r="D64" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>94</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
-        <v>34.2</v>
+        <v>32.112</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
-        <v>35.208</v>
+        <v>32.928</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
-        <v>35.676</v>
+        <v>33.492</v>
       </c>
       <c r="D67" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>139</v>
+        <v>98</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
-        <v>36.144</v>
+        <v>34.2</v>
       </c>
       <c r="D68" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
-        <v>37.14</v>
+        <v>35.208</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
-        <v>37.428</v>
+        <v>36.144</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
-        <v>38.604</v>
+        <v>37.14</v>
       </c>
       <c r="D71" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
-        <v>38.856</v>
+        <v>37.428</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
-        <v>39.168</v>
+        <v>38.604</v>
       </c>
       <c r="D73" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
-        <v>39.324</v>
+        <v>38.856</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
-        <v>39.6</v>
+        <v>39.168</v>
       </c>
       <c r="D75" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>116</v>
+        <v>155</v>
       </c>
       <c r="B76" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C76">
-        <v>41.004</v>
+        <v>39.324</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C77">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D77" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>158</v>
+        <v>120</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>42.78</v>
+        <v>41.004</v>
       </c>
       <c r="D78" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>43.116</v>
+        <v>42.0</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>43.224</v>
+        <v>42.78</v>
       </c>
       <c r="D80" t="s">
-        <v>46</v>
+        <v>139</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>45.276</v>
+        <v>43.116</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>46.8</v>
+        <v>43.224</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>139</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
-        <v>48.612</v>
+        <v>45.276</v>
       </c>
       <c r="D83" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>48.816</v>
+        <v>46.8</v>
       </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>48.96</v>
+        <v>48.612</v>
       </c>
       <c r="D85" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>49.752</v>
+        <v>48.816</v>
       </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>50.748</v>
+        <v>48.96</v>
       </c>
       <c r="D87" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>50.82</v>
+        <v>49.752</v>
       </c>
       <c r="D88" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>180</v>
       </c>
       <c r="B89" t="s">
         <v>181</v>
       </c>
       <c r="C89">
-        <v>51.84</v>
+        <v>50.748</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
         <v>183</v>
       </c>
       <c r="C90">
-        <v>52.212</v>
+        <v>50.82</v>
       </c>
       <c r="D90" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>184</v>
       </c>
       <c r="B91" t="s">
         <v>185</v>
       </c>
       <c r="C91">
-        <v>53.4</v>
+        <v>51.84</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>187</v>
       </c>
       <c r="C92">
-        <v>53.64</v>
+        <v>52.212</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>188</v>
       </c>
       <c r="B93" t="s">
         <v>189</v>
       </c>
       <c r="C93">
-        <v>54.0</v>
+        <v>53.4</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>190</v>
       </c>
       <c r="B94" t="s">
         <v>191</v>
       </c>
       <c r="C94">
-        <v>55.548</v>
+        <v>53.64</v>
       </c>
       <c r="D94" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>192</v>
       </c>
       <c r="B95" t="s">
         <v>193</v>
       </c>
       <c r="C95">
-        <v>55.8</v>
+        <v>54.0</v>
       </c>
       <c r="D95" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>194</v>
       </c>
       <c r="B96" t="s">
         <v>195</v>
       </c>
       <c r="C96">
-        <v>55.92</v>
+        <v>55.548</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>196</v>
       </c>
       <c r="B97" t="s">
         <v>197</v>
       </c>
       <c r="C97">
-        <v>56.28</v>
+        <v>55.8</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>198</v>
       </c>
       <c r="B98" t="s">
         <v>199</v>
       </c>
       <c r="C98">
-        <v>57.3</v>
+        <v>55.92</v>
       </c>
       <c r="D98" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="B99" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C99">
-        <v>57.36</v>
+        <v>56.28</v>
       </c>
       <c r="D99" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B100" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C100">
-        <v>59.832</v>
+        <v>57.3</v>
       </c>
       <c r="D100" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="B101" t="s">
         <v>204</v>
       </c>
       <c r="C101">
-        <v>60.0</v>
+        <v>57.36</v>
       </c>
       <c r="D101" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B102" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C102">
         <v>4.728</v>
       </c>
       <c r="D102" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>16</v>
       </c>
       <c r="B103" t="s">
         <v>17</v>
       </c>
       <c r="C103">
         <v>4.728</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
         <v>19</v>
       </c>
       <c r="C104">
         <v>4.86</v>
       </c>
       <c r="D104" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>20</v>
       </c>
       <c r="B105" t="s">
         <v>21</v>
       </c>
       <c r="C105">
         <v>4.884</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C106">
         <v>5.676</v>
       </c>
       <c r="D106" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B107" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C107">
         <v>5.964</v>
       </c>
       <c r="D107" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B108" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C108">
         <v>6.372</v>
       </c>
       <c r="D108" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B109" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C109">
         <v>6.9</v>
       </c>
       <c r="D109" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>55</v>
       </c>
       <c r="B110" t="s">
         <v>56</v>
       </c>
       <c r="C110">
         <v>8.244</v>
       </c>
       <c r="D110" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>61</v>
       </c>
       <c r="B111" t="s">
         <v>62</v>
       </c>
       <c r="C111">
         <v>9.564</v>
       </c>
       <c r="D111" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>63</v>
       </c>
       <c r="B112" t="s">
         <v>64</v>
       </c>
       <c r="C112">
         <v>9.9</v>
       </c>
       <c r="D112" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B113" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C113">
-        <v>12.576</v>
+        <v>12.204</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B114" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C114">
-        <v>13.704</v>
+        <v>12.576</v>
       </c>
       <c r="D114" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>84</v>
       </c>
       <c r="B115" t="s">
         <v>85</v>
       </c>
       <c r="C115">
-        <v>14.688</v>
+        <v>13.704</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>86</v>
       </c>
       <c r="B116" t="s">
         <v>87</v>
       </c>
       <c r="C116">
-        <v>15.252</v>
+        <v>14.688</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>88</v>
       </c>
       <c r="B117" t="s">
         <v>89</v>
       </c>
       <c r="C117">
-        <v>15.528</v>
+        <v>15.252</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>90</v>
       </c>
       <c r="B118" t="s">
         <v>91</v>
       </c>
       <c r="C118">
-        <v>15.72</v>
+        <v>15.528</v>
       </c>
       <c r="D118" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>92</v>
       </c>
       <c r="B119" t="s">
         <v>93</v>
       </c>
       <c r="C119">
-        <v>17.676</v>
+        <v>15.72</v>
       </c>
       <c r="D119" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>94</v>
       </c>
       <c r="B120" t="s">
         <v>95</v>
       </c>
       <c r="C120">
-        <v>18.024</v>
+        <v>17.556</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>96</v>
       </c>
       <c r="B121" t="s">
         <v>97</v>
       </c>
       <c r="C121">
-        <v>18.54</v>
+        <v>17.676</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>98</v>
       </c>
       <c r="B122" t="s">
         <v>99</v>
       </c>
       <c r="C122">
-        <v>18.96</v>
+        <v>18.276</v>
       </c>
       <c r="D122" t="s">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>100</v>
       </c>
       <c r="B123" t="s">
         <v>101</v>
       </c>
       <c r="C123">
-        <v>19.848</v>
+        <v>18.54</v>
       </c>
       <c r="D123" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>102</v>
       </c>
       <c r="B124" t="s">
         <v>103</v>
       </c>
       <c r="C124">
-        <v>19.872</v>
+        <v>18.852</v>
       </c>
       <c r="D124" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>104</v>
       </c>
       <c r="B125" t="s">
         <v>105</v>
       </c>
       <c r="C125">
-        <v>20.364</v>
+        <v>19.848</v>
       </c>
       <c r="D125" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>106</v>
       </c>
       <c r="B126" t="s">
         <v>107</v>
       </c>
       <c r="C126">
-        <v>23.172</v>
+        <v>19.872</v>
       </c>
       <c r="D126" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>108</v>
       </c>
       <c r="B127" t="s">
         <v>109</v>
       </c>
       <c r="C127">
-        <v>24.66</v>
+        <v>20.364</v>
       </c>
       <c r="D127" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>110</v>
       </c>
       <c r="B128" t="s">
         <v>111</v>
       </c>
       <c r="C128">
-        <v>24.84</v>
+        <v>23.172</v>
       </c>
       <c r="D128" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="B129" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="C129">
-        <v>28.596</v>
+        <v>24.66</v>
       </c>
       <c r="D129" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B130" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="C130">
-        <v>30.852</v>
+        <v>24.84</v>
       </c>
       <c r="D130" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B131" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C131">
-        <v>31.2</v>
+        <v>28.596</v>
       </c>
       <c r="D131" t="s">
-        <v>46</v>
+        <v>6</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="B132" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C132">
-        <v>31.74</v>
+        <v>30.852</v>
       </c>
       <c r="D132" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B133" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C133">
-        <v>31.884</v>
+        <v>31.2</v>
       </c>
       <c r="D133" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>131</v>
+        <v>88</v>
       </c>
       <c r="B134" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C134">
-        <v>33.492</v>
+        <v>31.74</v>
       </c>
       <c r="D134" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>94</v>
+        <v>131</v>
       </c>
       <c r="B135" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C135">
-        <v>34.2</v>
+        <v>31.884</v>
       </c>
       <c r="D135" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B136" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C136">
-        <v>37.14</v>
+        <v>33.492</v>
       </c>
       <c r="D136" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>143</v>
+        <v>98</v>
       </c>
       <c r="B137" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="C137">
-        <v>37.428</v>
+        <v>34.2</v>
       </c>
       <c r="D137" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>145</v>
       </c>
       <c r="B138" t="s">
         <v>146</v>
       </c>
       <c r="C138">
-        <v>38.604</v>
+        <v>37.14</v>
       </c>
       <c r="D138" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>147</v>
       </c>
       <c r="B139" t="s">
         <v>148</v>
       </c>
       <c r="C139">
-        <v>38.856</v>
+        <v>37.428</v>
       </c>
       <c r="D139" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B140" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C140">
-        <v>39.6</v>
+        <v>38.604</v>
       </c>
       <c r="D140" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="B141" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C141">
-        <v>41.004</v>
+        <v>38.856</v>
       </c>
       <c r="D141" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B142" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C142">
-        <v>43.116</v>
+        <v>39.6</v>
       </c>
       <c r="D142" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>162</v>
+        <v>120</v>
       </c>
       <c r="B143" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C143">
-        <v>43.224</v>
+        <v>41.004</v>
       </c>
       <c r="D143" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>164</v>
       </c>
       <c r="B144" t="s">
         <v>165</v>
       </c>
       <c r="C144">
-        <v>45.276</v>
+        <v>43.116</v>
       </c>
       <c r="D144" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B145" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C145">
-        <v>48.612</v>
+        <v>43.224</v>
       </c>
       <c r="D145" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B146" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C146">
-        <v>48.96</v>
+        <v>45.276</v>
       </c>
       <c r="D146" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B147" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C147">
-        <v>49.752</v>
+        <v>48.612</v>
       </c>
       <c r="D147" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>176</v>
       </c>
       <c r="B148" t="s">
         <v>177</v>
       </c>
       <c r="C148">
-        <v>50.748</v>
+        <v>48.96</v>
       </c>
       <c r="D148" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B149" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C149">
-        <v>51.84</v>
+        <v>49.752</v>
       </c>
       <c r="D149" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B150" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C150">
-        <v>53.4</v>
+        <v>50.748</v>
       </c>
       <c r="D150" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B151" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C151">
-        <v>54.0</v>
+        <v>51.84</v>
       </c>
       <c r="D151" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B152" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C152">
-        <v>55.548</v>
+        <v>54.0</v>
       </c>
       <c r="D152" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B153" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C153">
-        <v>55.8</v>
+        <v>55.548</v>
       </c>
       <c r="D153" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B154" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C154">
         <v>55.92</v>
       </c>
       <c r="D154" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="B155" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C155">
         <v>57.3</v>
       </c>
       <c r="D155" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="B156" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C156">
-        <v>57.36</v>
+        <v>59.832</v>
       </c>
       <c r="D156" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="B157" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="C157">
-        <v>59.832</v>
+        <v>63.6</v>
       </c>
       <c r="D157" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="B158" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C158">
-        <v>63.6</v>
+        <v>65.712</v>
       </c>
       <c r="D158" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B159" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C159">
-        <v>65.712</v>
+        <v>67.2</v>
       </c>
       <c r="D159" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B160" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C160">
-        <v>67.2</v>
+        <v>70.116</v>
       </c>
       <c r="D160" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="B161" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="C161">
-        <v>70.116</v>
+        <v>70.8</v>
       </c>
       <c r="D161" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B162" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C162">
-        <v>70.8</v>
+        <v>74.64</v>
       </c>
       <c r="D162" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B163" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="C163">
-        <v>74.64</v>
+        <v>79.98</v>
       </c>
       <c r="D163" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B164" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C164">
-        <v>79.98</v>
+        <v>80.832</v>
       </c>
       <c r="D164" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B165" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="C165">
-        <v>80.832</v>
+        <v>81.492</v>
       </c>
       <c r="D165" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B166" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C166">
-        <v>81.492</v>
+        <v>83.232</v>
       </c>
       <c r="D166" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B167" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C167">
-        <v>83.232</v>
+        <v>104.172</v>
       </c>
       <c r="D167" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B168" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C168">
-        <v>104.172</v>
+        <v>113.16</v>
       </c>
       <c r="D168" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="B169" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C169">
-        <v>113.16</v>
+        <v>116.928</v>
       </c>
       <c r="D169" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B170" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="C170">
-        <v>116.928</v>
+        <v>161.388</v>
       </c>
       <c r="D170" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B171" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C171">
-        <v>161.388</v>
+        <v>167.328</v>
       </c>
       <c r="D171" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="B172" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C172">
-        <v>167.328</v>
+        <v>191.82</v>
       </c>
       <c r="D172" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B173" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C173">
-        <v>191.82</v>
+        <v>230.436</v>
       </c>
       <c r="D173" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="B174" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C174">
-        <v>230.436</v>
+        <v>241.74</v>
       </c>
       <c r="D174" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B175" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C175">
-        <v>241.74</v>
+        <v>249.156</v>
       </c>
       <c r="D175" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B176" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C176">
-        <v>249.156</v>
+        <v>289.356</v>
       </c>
       <c r="D176" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="B177" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C177">
-        <v>289.356</v>
+        <v>319.596</v>
       </c>
       <c r="D177" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B178" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C178">
-        <v>319.596</v>
+        <v>351.18</v>
       </c>
       <c r="D178" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="B179" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C179">
-        <v>351.18</v>
+        <v>411.936</v>
       </c>
       <c r="D179" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="B180" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="C180">
-        <v>411.936</v>
+        <v>597.012</v>
       </c>
       <c r="D180" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="B181" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="C181">
-        <v>597.012</v>
+        <v>779.64</v>
       </c>
       <c r="D181" t="s">
-        <v>46</v>
-[...13 lines deleted...]
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D183"/>
+  <autoFilter ref="A1:D182"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>