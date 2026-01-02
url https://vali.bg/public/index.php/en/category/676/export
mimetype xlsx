--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama Audio Cable, 3.5 mm Jack Plug - 2 RCA Plugs, 2 m</t>
   </si>
   <si>
     <t>HAMA-205106</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama Audio Adapter, 3.5 mm Jack Socket - 6.3 mm Jack Plug, Stereo</t>
   </si>
   <si>
@@ -112,98 +112,98 @@
   <si>
     <t>Hama Audio Cable, 2 RCA Plugs - 2 RCA Plugs, 1.5 m</t>
   </si>
   <si>
     <t>HAMA-205257</t>
   </si>
   <si>
     <t>Hama Audio Adapter, 3.5 mm Jack Plug - 2 x 3.5 mm Jack Socket, Stereo</t>
   </si>
   <si>
     <t>HAMA-205191</t>
   </si>
   <si>
     <t>Audio Adapter  HAMA RCA socket - 6.3 mm mono jack plug</t>
   </si>
   <si>
     <t>HAMA-205188</t>
   </si>
   <si>
     <t>Hama Audio Cable, 3.5 mm Jack Plug - 2 RCA Plugs, Stereo, 1.5 m</t>
   </si>
   <si>
     <t>HAMA-205110</t>
   </si>
   <si>
+    <t>Delock Audio Adapter, 4-pin 3.5 mm Jack Plug - 2 x 3-pin 3.5 mm Jack Headset</t>
+  </si>
+  <si>
+    <t>DELOCK-65344</t>
+  </si>
+  <si>
     <t>Hama Audio Cable, 3.5 mm Jack Plug - 2 RCA Plugs, 5 m</t>
   </si>
   <si>
     <t>HAMA-205107</t>
   </si>
   <si>
     <t>HAMA-205085</t>
   </si>
   <si>
     <t>Audio Adapter  HAMA 205186, 2 RCA Male Plugs - 3.5 mm Female Jack Stereo, 0,12 m</t>
   </si>
   <si>
     <t>HAMA-205186</t>
   </si>
   <si>
-    <t>Delock Audio Adapter, 4-pin 3.5 mm Jack Plug - 2 x 3-pin 3.5 mm Jack Headset</t>
-[...7 lines deleted...]
-  <si>
     <t>Hama Audio Adapter, 3.5 mm Jack Plug - 6.3 mm Jack Socket, Stereo</t>
   </si>
   <si>
     <t>HAMA-205196</t>
   </si>
   <si>
     <t>Hama Audio Adapter, 2 x RCA Socket - 3.5 mm Jack Plug, Stereo</t>
   </si>
   <si>
     <t>HAMA-205185</t>
   </si>
   <si>
     <t>Hama Audio Extension Cable, 3.5 mm Jack Plug - Socket, Stereo, 1.5 m</t>
   </si>
   <si>
     <t>HAMA-205119</t>
   </si>
   <si>
     <t>Audio Extension Cable HAMA 2 RCA Male Plugs - 2 RCA Female Jacks, 1.5 m</t>
   </si>
   <si>
     <t>HAMA-205259</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Audio Extension Cable HAMA 3.5 mm jack plug - socket, stereo, 3.0 m</t>
   </si>
   <si>
     <t>HAMA-205120</t>
   </si>
   <si>
     <t>Audio Adapter HAMA 3.5 mm stereo jack plug - 2 RCA sockets</t>
   </si>
   <si>
     <t>HAMA-205187</t>
   </si>
   <si>
     <t>Audio Cable HAMA 3.5 mm jack plug 90° - 3.5 mm jack plug, stereo, 1,5 m</t>
   </si>
   <si>
     <t>HAMA-200723</t>
   </si>
   <si>
     <t>Hama Audio Cable, 3.5 mm Jack Plug - Plug, Stereo, Gold-Plated, Ultra-thin, 0.5</t>
   </si>
   <si>
     <t>HAMA-205117</t>
   </si>
   <si>
     <t>Hama Audio Cable, 3.5 mm Jack Plug 90° - 3.5 mm Jack Plug, Stereo, 1.5 m</t>
@@ -311,53 +311,50 @@
     <t>DELOCK-83435</t>
   </si>
   <si>
     <t>Hama Audio Cable, 3.5 mm Jack Plug - 2 RCA Plugs, Stereo, gold-plated, 1.5 m</t>
   </si>
   <si>
     <t>HAMA-205260</t>
   </si>
   <si>
     <t>Hama Audio Cable, 3.5 mm jack plug - 2 RCA plugs, stereo, 3.0 m</t>
   </si>
   <si>
     <t>HAMA-205261</t>
   </si>
   <si>
     <t>Hama Aux Cable, 3.5 mm Jack - 3.5 mm Jack, 90°, 1m</t>
   </si>
   <si>
     <t>HAMA-201528</t>
   </si>
   <si>
     <t>Cable Addasound DN1008 QD - RJ9 - Yealink, Snom, Grandstream</t>
   </si>
   <si>
     <t>ADDA-CABLE-DN1008</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Audio Cable HAMA 3.5 mm jack plug - plug, stereo, metal, gold-plated, 1.5m</t>
   </si>
   <si>
     <t>HAMA-205130</t>
   </si>
   <si>
     <t>Cable Addasound DN1005 QD - 2.5mm Jack 3PIN - CISCO</t>
   </si>
   <si>
     <t>ADDA-CABLE-DN1005</t>
   </si>
   <si>
     <t>Hama Audio Cable, USB-C Plug - 3.5 mm Jack Plug, Stereo, 0.75 m</t>
   </si>
   <si>
     <t>HAMA-200729</t>
   </si>
   <si>
     <t>Hama Audio Cable, USB-C Plug - RCA Plug, 200730</t>
   </si>
   <si>
     <t>HAMA-200730</t>
   </si>
@@ -933,166 +930,166 @@
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>6.564</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>6.6</v>
+        <v>6.576</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="B16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C16">
         <v>6.6</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
         <v>6.6</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>6.696</v>
+        <v>6.6</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C19">
         <v>6.744</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>41</v>
+      </c>
+      <c r="B20" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C20">
         <v>6.756</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C21">
         <v>6.84</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C22">
         <v>6.864</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>7.068</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>7.332</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>7.392</v>
@@ -1202,51 +1199,51 @@
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
         <v>8.556</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
         <v>8.988</v>
       </c>
       <c r="D34" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
         <v>9.0</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
         <v>9.204</v>
@@ -1258,51 +1255,51 @@
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
         <v>9.228</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
         <v>9.852</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
         <v>9.9</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
         <v>9.9</v>
@@ -1398,171 +1395,171 @@
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>95</v>
       </c>
       <c r="B47" t="s">
         <v>96</v>
       </c>
       <c r="C47">
         <v>12.264</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>97</v>
       </c>
       <c r="B48" t="s">
         <v>98</v>
       </c>
       <c r="C48">
         <v>15.0</v>
       </c>
       <c r="D48" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C49">
         <v>16.632</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>101</v>
+      </c>
+      <c r="B50" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C50">
         <v>17.4</v>
       </c>
       <c r="D50" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>103</v>
+      </c>
+      <c r="B51" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C51">
         <v>19.896</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C52">
         <v>21.312</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C53">
         <v>28.8</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>109</v>
+      </c>
+      <c r="B54" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C54">
         <v>44.556</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C55">
         <v>46.176</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>113</v>
+      </c>
+      <c r="B56" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C56">
         <v>48.996</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>115</v>
+      </c>
+      <c r="B57" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C57">
         <v>58.08</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D58"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 