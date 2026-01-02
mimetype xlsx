--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -14,95 +14,98 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$12</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Laser printer RICOH P311SE, A4, LAN, 32 ppm, 7000 pages starter toner</t>
   </si>
   <si>
     <t>RICOH-LJ-P311SE</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Laser printer DEVELOP ineo 4000i, A4, 40 ppm</t>
   </si>
   <si>
     <t>DEV-INEO-4000i</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Laser printer DEVELOP ineo 5000i, A4, 50 ppm</t>
+  </si>
+  <si>
+    <t>DEV-INEO-5000i</t>
+  </si>
+  <si>
+    <t>call</t>
+  </si>
+  <si>
+    <t>Laser Printer RICOH P501, USB 2.0, LAN, A4, 1200 x 1200 dpi, 43 ppm</t>
+  </si>
+  <si>
+    <t>RICOH-LJ-P501</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...13 lines deleted...]
-    <t>RICOH-LJ-P501</t>
   </si>
   <si>
     <t>Laser Color Printer RICOH P C375, A4, USB 2.0, LAN, WiFi, 32 ppm</t>
   </si>
   <si>
     <t>RICOH-LJ-PC375</t>
   </si>
   <si>
     <t>Laser Printer RICOH P502, USB 2.0, LAN, A4, 1200 x 1200 dpi, 43 ppm</t>
   </si>
   <si>
     <t>RICOH-LJ-P502</t>
   </si>
   <si>
     <t>Laser Printer RICOH P 800, B/W ,USB, LAN, USB Host  A4, Duplex, 1200 x 1200dpi ,55ppm</t>
   </si>
   <si>
     <t>RICOH-LJ-P800</t>
   </si>
   <si>
     <t>Colour Laser Printer Develop Ineo +3301i, A4, USB, LAN, 1200 dpi, Duplex</t>
   </si>
   <si>
     <t>DEV-INEO-PLUS-3301i</t>
   </si>
@@ -523,129 +526,129 @@
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>948.0</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>13</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5">
         <v>999.0</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6">
         <v>1488.996</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C7">
         <v>1518.996</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8">
         <v>1698.996</v>
       </c>
       <c r="D8" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9">
         <v>1828.992</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10">
         <v>1948.992</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11">
         <v>2644.02</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D12"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 