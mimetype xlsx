--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -52,291 +52,291 @@
   <si>
     <t>LEGO Hearth Ornament - 40638</t>
   </si>
   <si>
     <t>LEGO-40638</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Paladone Minecraft Zombie Icon Lamp</t>
   </si>
   <si>
     <t>PD-057528</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Paladone Minecraft - Table Lamp, PP13387MCF</t>
   </si>
   <si>
     <t>PD-104516</t>
   </si>
   <si>
+    <t>Funko POP! Diorama: HP Anniversary - Ron Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-068369</t>
+  </si>
+  <si>
+    <t>Funko POP! Diorama: HP Anniversary - Draco Malfoy Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-068366</t>
+  </si>
+  <si>
+    <t>Funko POP! Movies: Candyman - Candyman #1157</t>
+  </si>
+  <si>
+    <t>FUNKO-068375</t>
+  </si>
+  <si>
+    <t>LEGO Fortnite Durrr Burger - 77070</t>
+  </si>
+  <si>
+    <t>LEGO-77070</t>
+  </si>
+  <si>
+    <t>LEGO  Super Mario Mario car - Yoshi bike, 72031</t>
+  </si>
+  <si>
+    <t>LEGO-72031</t>
+  </si>
+  <si>
+    <t>Funko POP! Television La Casa De Papel - Rio #917</t>
+  </si>
+  <si>
+    <t>FUNKO-051096</t>
+  </si>
+  <si>
+    <t>Paladone Minecraft Charged Creeper Icon Light</t>
+  </si>
+  <si>
+    <t>PD-074627</t>
+  </si>
+  <si>
+    <t>Paladone Minecraft Sleton Icon Lamp BDP</t>
+  </si>
+  <si>
+    <t>PD-074398</t>
+  </si>
+  <si>
+    <t>Funko POP! Heroes: Suicide Squad - Harley Quinn #97</t>
+  </si>
+  <si>
+    <t>FUNKO-024543</t>
+  </si>
+  <si>
+    <t>Funko POP! Movies: Lord of the Rings - Gandalf #443</t>
+  </si>
+  <si>
+    <t>FUNKO-031082</t>
+  </si>
+  <si>
+    <t>Funko POP! Movies: Harry Potter #01</t>
+  </si>
+  <si>
+    <t>FUNKO-020317</t>
+  </si>
+  <si>
+    <t>Funko POP! Star Wars: The Mandalorian - The Child (MT) #368</t>
+  </si>
+  <si>
+    <t>FUNKO-054212</t>
+  </si>
+  <si>
+    <t>Paladone Minecraft: Steve Icon Light BDP</t>
+  </si>
+  <si>
+    <t>PD-057522</t>
+  </si>
+  <si>
+    <t>Paladone Minecraft: Alex Icon Light BDP</t>
+  </si>
+  <si>
+    <t>PD-057502</t>
+  </si>
+  <si>
+    <t>Funko POP! Movies: Matrix 4 - Trinity #1173</t>
+  </si>
+  <si>
+    <t>FUNKO-070919</t>
+  </si>
+  <si>
+    <t>Funko POP! Movies: Matrix 4 - Morpheus #1174</t>
+  </si>
+  <si>
+    <t>FUNKO-070920</t>
+  </si>
+  <si>
+    <t>Funko POP! Basketball NBA: New Orleans Pelicans - Zion Williamson (CE'21) #130</t>
+  </si>
+  <si>
+    <t>FUNKO-069316</t>
+  </si>
+  <si>
+    <t>Funko POP! Basketball NBA: Hornets - Gordon Hayward (Teal Jersey) #123</t>
+  </si>
+  <si>
+    <t>FUNKO-070204</t>
+  </si>
+  <si>
+    <t>Funko POP! Basketball NBA: Los Angeles Lakers - Russell Westbrook (CE'21) #135</t>
+  </si>
+  <si>
+    <t>FUNKO-070967</t>
+  </si>
+  <si>
+    <t>Funko POP! Basketball NBA: Rockets - John Wall (Red Jersey) #122</t>
+  </si>
+  <si>
+    <t>FUNKO-070203</t>
+  </si>
+  <si>
+    <t>Funko POP! Basketball NBA: Phoenix Suns - Chris Paul (CE'21) #132</t>
+  </si>
+  <si>
+    <t>FUNKO-070964</t>
+  </si>
+  <si>
+    <t>Funko POP! Basketball NBA: Atlanta Hawks - Trae Young (City Edition 2021) #146</t>
+  </si>
+  <si>
+    <t>FUNKO-076014</t>
+  </si>
+  <si>
+    <t>Funko Pop! Ad Icons: MTV 40th - MTV Moon Person #201 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-083859</t>
+  </si>
+  <si>
+    <t>Funko Pop! Rocks: BTS - V #372 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-085211</t>
+  </si>
+  <si>
+    <t>Funko Pop! NBA Basketball: Bulls - Michael Jordan #126</t>
+  </si>
+  <si>
+    <t>FUNKO-071855</t>
+  </si>
+  <si>
+    <t>Funko POP! Movies: Movies:  Disney Lilo and Stitch, 065665,  Stitch (Smiling Seated), 1045 Vinyl Figure</t>
+  </si>
+  <si>
+    <t>FUNKO-065665</t>
+  </si>
+  <si>
+    <t>Funko Pop! Rocks: Sports - Basketball - Jayson Tatum (Boston Celtics), 200</t>
+  </si>
+  <si>
+    <t>FUNKO-099582</t>
+  </si>
+  <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Funko Pop! Rocks: Sports: Basketball - Jimmy Butler (Miami Heat), 202</t>
+  </si>
+  <si>
+    <t>FUNKO-099584</t>
+  </si>
+  <si>
+    <t>Funko Pop! Rocks: Sports: Basketball - Luka Doncic (Dallas Mavericks), 204</t>
+  </si>
+  <si>
+    <t>FUNKO-099586</t>
+  </si>
+  <si>
+    <t>Funko Pop! Rocks: Sports: Basketball - Stephen Curry (Golden State Warriors), 205</t>
+  </si>
+  <si>
+    <t>FUNKO-099587</t>
+  </si>
+  <si>
+    <t>Funko Pop! Rocks: Television: Friends - Monica Geller, 1649 (98551)</t>
+  </si>
+  <si>
+    <t>FUNKO-98551</t>
+  </si>
+  <si>
+    <t>Funko Pop! Rocks: Racing- Formula 1 - Lewis Hamilton (AMG Petronas), 09 (94095)</t>
+  </si>
+  <si>
+    <t>FUNKO-94095</t>
+  </si>
+  <si>
+    <t>Funko Pop! Games: Diablo IV - Rogue 1009 (FUNKO-96225)</t>
+  </si>
+  <si>
+    <t>FUNKO-96225</t>
+  </si>
+  <si>
+    <t>Funko Pop! Television - Friends - Phoebe Buffay 1647 (FUNKO-98552)</t>
+  </si>
+  <si>
+    <t>FUNKO-98552</t>
+  </si>
+  <si>
+    <t>Funko Pop! Television - Friends - Ross Geller 1648 (FUNKO-98562)</t>
+  </si>
+  <si>
+    <t>FUNKO-98562</t>
+  </si>
+  <si>
+    <t>Funko Pop! Television - Friends - Chandler Bing 1646 (FUNKO-98563)</t>
+  </si>
+  <si>
+    <t>FUNKO-98563</t>
+  </si>
+  <si>
+    <t>Funko Pop! Television - Friends - Joey Tribbiani 1645 (FUNKO-98564)</t>
+  </si>
+  <si>
+    <t>FUNKO-98564</t>
+  </si>
+  <si>
+    <t>Paladone Minecraft - Creeper Night Light, PP11396MCF</t>
+  </si>
+  <si>
+    <t>PD-104476</t>
+  </si>
+  <si>
+    <t>Paladone Icons: Minecraft - Axolotl Light</t>
+  </si>
+  <si>
+    <t>PD-084885</t>
+  </si>
+  <si>
     <t>Paladone Minecraft - Creeper Light BDP, PP6595MCFV4</t>
   </si>
   <si>
     <t>PD-057460</t>
-  </si>
-[...235 lines deleted...]
-    <t>PD-084885</t>
   </si>
   <si>
     <t>Funko Pop! Games: World Of Warcraft The War Within - Thrall #1046 Vinyl Figure</t>
   </si>
   <si>
     <t>FUNKO-099952</t>
   </si>
   <si>
     <t>Paladone Icons Statuette: Playstation Light (PP7929PS)</t>
   </si>
   <si>
     <t>PD-070820</t>
   </si>
   <si>
     <t>Paladone Icons: Minecraft - Zombie Jack O Lantern Light PP15302MCF figurine</t>
   </si>
   <si>
     <t>PD-104903</t>
   </si>
   <si>
     <t>Paladone Icons: Minions - Bob Light Figurine (PP13259MN)</t>
   </si>
   <si>
     <t>PD-104904</t>
   </si>
@@ -1576,264 +1576,264 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>29.748</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>29.748</v>
+        <v>30.936</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>30.936</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>30.936</v>
+        <v>33.108</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>33.108</v>
+        <v>33.228</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>33.228</v>
+        <v>33.288</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
-        <v>33.288</v>
+        <v>33.54</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
-        <v>33.54</v>
+        <v>34.14</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
         <v>34.14</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
-        <v>34.14</v>
+        <v>34.776</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>34.776</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
-        <v>34.776</v>
+        <v>34.992</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>34.992</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>34.992</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>34.992</v>
       </c>
       <c r="D18" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>40</v>
       </c>
       <c r="B19" t="s">
         <v>41</v>
       </c>
       <c r="C19">
         <v>34.992</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20">
         <v>34.992</v>
       </c>
       <c r="D20" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>34.992</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>34.992</v>
@@ -1915,233 +1915,233 @@
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
         <v>34.992</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
         <v>34.992</v>
       </c>
       <c r="D29" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
         <v>34.992</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
         <v>34.992</v>
       </c>
       <c r="D31" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>34.992</v>
       </c>
       <c r="D32" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>34.992</v>
       </c>
       <c r="D33" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>34.992</v>
       </c>
       <c r="D34" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>34.992</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>34.992</v>
       </c>
       <c r="D36" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>34.992</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>34.992</v>
       </c>
       <c r="D38" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>34.992</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>34.992</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>34.992</v>
       </c>
       <c r="D41" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>34.992</v>
       </c>
       <c r="D42" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>34.992</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>34.992</v>
@@ -2167,93 +2167,93 @@
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>34.992</v>
       </c>
       <c r="D46" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>34.992</v>
       </c>
       <c r="D47" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>34.992</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>34.992</v>
       </c>
       <c r="D49" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>34.992</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>34.992</v>
       </c>
       <c r="D51" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>34.992</v>
@@ -2321,93 +2321,93 @@
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>34.992</v>
       </c>
       <c r="D57" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>34.992</v>
       </c>
       <c r="D58" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>34.992</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>34.992</v>
       </c>
       <c r="D60" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>34.992</v>
       </c>
       <c r="D61" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>35.004</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>35.004</v>
@@ -2559,51 +2559,51 @@
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>35.004</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>35.004</v>
       </c>
       <c r="D75" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>35.004</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>35.004</v>
@@ -2671,51 +2671,51 @@
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>167</v>
       </c>
       <c r="B82" t="s">
         <v>168</v>
       </c>
       <c r="C82">
         <v>35.004</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>169</v>
       </c>
       <c r="B83" t="s">
         <v>170</v>
       </c>
       <c r="C83">
         <v>35.004</v>
       </c>
       <c r="D83" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>35.004</v>
       </c>
       <c r="D84" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
         <v>35.004</v>
@@ -2825,51 +2825,51 @@
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>189</v>
       </c>
       <c r="B93" t="s">
         <v>190</v>
       </c>
       <c r="C93">
         <v>35.004</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
         <v>35.004</v>
       </c>
       <c r="D94" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
         <v>35.004</v>
       </c>
       <c r="D95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
         <v>35.004</v>
@@ -2942,256 +2942,256 @@
         <v>206</v>
       </c>
       <c r="C101">
         <v>35.004</v>
       </c>
       <c r="D101" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>10</v>
       </c>
       <c r="B102" t="s">
         <v>11</v>
       </c>
       <c r="C102">
         <v>29.748</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C103">
-        <v>29.748</v>
+        <v>33.228</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>20</v>
       </c>
       <c r="B104" t="s">
         <v>21</v>
       </c>
       <c r="C104">
-        <v>33.228</v>
+        <v>33.288</v>
       </c>
       <c r="D104" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="B105" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="C105">
-        <v>33.288</v>
+        <v>34.992</v>
       </c>
       <c r="D105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>64</v>
       </c>
       <c r="B106" t="s">
         <v>65</v>
       </c>
       <c r="C106">
         <v>34.992</v>
       </c>
       <c r="D106" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>67</v>
       </c>
       <c r="B107" t="s">
         <v>68</v>
       </c>
       <c r="C107">
         <v>34.992</v>
       </c>
       <c r="D107" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>69</v>
       </c>
       <c r="B108" t="s">
         <v>70</v>
       </c>
       <c r="C108">
         <v>34.992</v>
       </c>
       <c r="D108" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>71</v>
       </c>
       <c r="B109" t="s">
         <v>72</v>
       </c>
       <c r="C109">
         <v>34.992</v>
       </c>
       <c r="D109" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>73</v>
       </c>
       <c r="B110" t="s">
         <v>74</v>
       </c>
       <c r="C110">
         <v>34.992</v>
       </c>
       <c r="D110" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>75</v>
       </c>
       <c r="B111" t="s">
         <v>76</v>
       </c>
       <c r="C111">
         <v>34.992</v>
       </c>
       <c r="D111" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>77</v>
       </c>
       <c r="B112" t="s">
         <v>78</v>
       </c>
       <c r="C112">
         <v>34.992</v>
       </c>
       <c r="D112" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>79</v>
       </c>
       <c r="B113" t="s">
         <v>80</v>
       </c>
       <c r="C113">
         <v>34.992</v>
       </c>
       <c r="D113" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>81</v>
       </c>
       <c r="B114" t="s">
         <v>82</v>
       </c>
       <c r="C114">
         <v>34.992</v>
       </c>
       <c r="D114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>83</v>
       </c>
       <c r="B115" t="s">
         <v>84</v>
       </c>
       <c r="C115">
         <v>34.992</v>
       </c>
       <c r="D115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>85</v>
       </c>
       <c r="B116" t="s">
         <v>86</v>
       </c>
       <c r="C116">
         <v>34.992</v>
       </c>
       <c r="D116" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>87</v>
       </c>
       <c r="B117" t="s">
         <v>88</v>
       </c>
       <c r="C117">
         <v>34.992</v>
       </c>
       <c r="D117" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>89</v>
       </c>
       <c r="B118" t="s">
         <v>90</v>
       </c>
       <c r="C118">
         <v>34.992</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>91</v>
       </c>
       <c r="B119" t="s">
         <v>92</v>
       </c>
       <c r="C119">
         <v>34.992</v>
@@ -3217,93 +3217,93 @@
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>95</v>
       </c>
       <c r="B121" t="s">
         <v>96</v>
       </c>
       <c r="C121">
         <v>34.992</v>
       </c>
       <c r="D121" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>97</v>
       </c>
       <c r="B122" t="s">
         <v>98</v>
       </c>
       <c r="C122">
         <v>34.992</v>
       </c>
       <c r="D122" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>99</v>
       </c>
       <c r="B123" t="s">
         <v>100</v>
       </c>
       <c r="C123">
         <v>34.992</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>101</v>
       </c>
       <c r="B124" t="s">
         <v>102</v>
       </c>
       <c r="C124">
         <v>34.992</v>
       </c>
       <c r="D124" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>103</v>
       </c>
       <c r="B125" t="s">
         <v>104</v>
       </c>
       <c r="C125">
         <v>34.992</v>
       </c>
       <c r="D125" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>105</v>
       </c>
       <c r="B126" t="s">
         <v>106</v>
       </c>
       <c r="C126">
         <v>34.992</v>
       </c>
       <c r="D126" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>107</v>
       </c>
       <c r="B127" t="s">
         <v>108</v>
       </c>
       <c r="C127">
         <v>34.992</v>
@@ -3371,93 +3371,93 @@
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>117</v>
       </c>
       <c r="B132" t="s">
         <v>118</v>
       </c>
       <c r="C132">
         <v>34.992</v>
       </c>
       <c r="D132" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>119</v>
       </c>
       <c r="B133" t="s">
         <v>120</v>
       </c>
       <c r="C133">
         <v>34.992</v>
       </c>
       <c r="D133" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>121</v>
       </c>
       <c r="B134" t="s">
         <v>122</v>
       </c>
       <c r="C134">
         <v>34.992</v>
       </c>
       <c r="D134" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>123</v>
       </c>
       <c r="B135" t="s">
         <v>124</v>
       </c>
       <c r="C135">
         <v>34.992</v>
       </c>
       <c r="D135" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>125</v>
       </c>
       <c r="B136" t="s">
         <v>126</v>
       </c>
       <c r="C136">
         <v>34.992</v>
       </c>
       <c r="D136" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>207</v>
       </c>
       <c r="B137" t="s">
         <v>208</v>
       </c>
       <c r="C137">
         <v>35.004</v>
       </c>
       <c r="D137" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>209</v>
       </c>
       <c r="B138" t="s">
         <v>210</v>
       </c>
       <c r="C138">
         <v>35.004</v>
@@ -3511,65 +3511,65 @@
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>217</v>
       </c>
       <c r="B142" t="s">
         <v>218</v>
       </c>
       <c r="C142">
         <v>35.004</v>
       </c>
       <c r="D142" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>219</v>
       </c>
       <c r="B143" t="s">
         <v>220</v>
       </c>
       <c r="C143">
         <v>35.004</v>
       </c>
       <c r="D143" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>221</v>
       </c>
       <c r="B144" t="s">
         <v>222</v>
       </c>
       <c r="C144">
         <v>35.004</v>
       </c>
       <c r="D144" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>223</v>
       </c>
       <c r="B145" t="s">
         <v>224</v>
       </c>
       <c r="C145">
         <v>35.004</v>
       </c>
       <c r="D145" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>225</v>
       </c>
       <c r="B146" t="s">
         <v>226</v>
       </c>
       <c r="C146">
         <v>35.004</v>
@@ -3707,121 +3707,121 @@
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>245</v>
       </c>
       <c r="B156" t="s">
         <v>246</v>
       </c>
       <c r="C156">
         <v>35.004</v>
       </c>
       <c r="D156" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>247</v>
       </c>
       <c r="B157" t="s">
         <v>248</v>
       </c>
       <c r="C157">
         <v>35.004</v>
       </c>
       <c r="D157" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>249</v>
       </c>
       <c r="B158" t="s">
         <v>250</v>
       </c>
       <c r="C158">
         <v>35.004</v>
       </c>
       <c r="D158" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>251</v>
       </c>
       <c r="B159" t="s">
         <v>252</v>
       </c>
       <c r="C159">
         <v>35.004</v>
       </c>
       <c r="D159" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>253</v>
       </c>
       <c r="B160" t="s">
         <v>254</v>
       </c>
       <c r="C160">
         <v>35.004</v>
       </c>
       <c r="D160" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>255</v>
       </c>
       <c r="B161" t="s">
         <v>256</v>
       </c>
       <c r="C161">
         <v>35.004</v>
       </c>
       <c r="D161" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>257</v>
       </c>
       <c r="B162" t="s">
         <v>258</v>
       </c>
       <c r="C162">
         <v>35.004</v>
       </c>
       <c r="D162" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>259</v>
       </c>
       <c r="B163" t="s">
         <v>260</v>
       </c>
       <c r="C163">
         <v>35.004</v>
       </c>
       <c r="D163" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>261</v>
       </c>
       <c r="B164" t="s">
         <v>262</v>
       </c>
       <c r="C164">
         <v>35.004</v>
@@ -3917,121 +3917,121 @@
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>275</v>
       </c>
       <c r="B171" t="s">
         <v>276</v>
       </c>
       <c r="C171">
         <v>42.744</v>
       </c>
       <c r="D171" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>277</v>
       </c>
       <c r="B172" t="s">
         <v>278</v>
       </c>
       <c r="C172">
         <v>49.008</v>
       </c>
       <c r="D172" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
         <v>279</v>
       </c>
       <c r="B173" t="s">
         <v>280</v>
       </c>
       <c r="C173">
         <v>52.2</v>
       </c>
       <c r="D173" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>281</v>
       </c>
       <c r="B174" t="s">
         <v>282</v>
       </c>
       <c r="C174">
         <v>53.508</v>
       </c>
       <c r="D174" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>283</v>
       </c>
       <c r="B175" t="s">
         <v>284</v>
       </c>
       <c r="C175">
         <v>54.288</v>
       </c>
       <c r="D175" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>285</v>
       </c>
       <c r="B176" t="s">
         <v>286</v>
       </c>
       <c r="C176">
         <v>54.288</v>
       </c>
       <c r="D176" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>287</v>
       </c>
       <c r="B177" t="s">
         <v>288</v>
       </c>
       <c r="C177">
         <v>57.6</v>
       </c>
       <c r="D177" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>289</v>
       </c>
       <c r="B178" t="s">
         <v>290</v>
       </c>
       <c r="C178">
         <v>58.656</v>
       </c>
       <c r="D178" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
         <v>291</v>
       </c>
       <c r="B179" t="s">
         <v>292</v>
       </c>
       <c r="C179">
         <v>58.992</v>
@@ -4169,79 +4169,79 @@
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>311</v>
       </c>
       <c r="B189" t="s">
         <v>312</v>
       </c>
       <c r="C189">
         <v>69.0</v>
       </c>
       <c r="D189" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>313</v>
       </c>
       <c r="B190" t="s">
         <v>314</v>
       </c>
       <c r="C190">
         <v>69.0</v>
       </c>
       <c r="D190" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>315</v>
       </c>
       <c r="B191" t="s">
         <v>316</v>
       </c>
       <c r="C191">
         <v>69.0</v>
       </c>
       <c r="D191" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>317</v>
       </c>
       <c r="B192" t="s">
         <v>318</v>
       </c>
       <c r="C192">
         <v>69.0</v>
       </c>
       <c r="D192" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>319</v>
       </c>
       <c r="B193" t="s">
         <v>320</v>
       </c>
       <c r="C193">
         <v>69.0</v>
       </c>
       <c r="D193" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>321</v>
       </c>
       <c r="B194" t="s">
         <v>322</v>
       </c>
       <c r="C194">
         <v>69.0</v>
@@ -4295,289 +4295,289 @@
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>329</v>
       </c>
       <c r="B198" t="s">
         <v>330</v>
       </c>
       <c r="C198">
         <v>81.24</v>
       </c>
       <c r="D198" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>331</v>
       </c>
       <c r="B199" t="s">
         <v>332</v>
       </c>
       <c r="C199">
         <v>82.548</v>
       </c>
       <c r="D199" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>333</v>
       </c>
       <c r="B200" t="s">
         <v>334</v>
       </c>
       <c r="C200">
         <v>83.604</v>
       </c>
       <c r="D200" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>335</v>
       </c>
       <c r="B201" t="s">
         <v>336</v>
       </c>
       <c r="C201">
         <v>86.412</v>
       </c>
       <c r="D201" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>10</v>
       </c>
       <c r="B202" t="s">
         <v>11</v>
       </c>
       <c r="C202">
         <v>29.748</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B203" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C203">
-        <v>29.748</v>
+        <v>33.228</v>
       </c>
       <c r="D203" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="B204" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="C204">
-        <v>33.228</v>
+        <v>34.992</v>
       </c>
       <c r="D204" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>64</v>
       </c>
       <c r="B205" t="s">
         <v>65</v>
       </c>
       <c r="C205">
         <v>34.992</v>
       </c>
       <c r="D205" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>67</v>
       </c>
       <c r="B206" t="s">
         <v>68</v>
       </c>
       <c r="C206">
         <v>34.992</v>
       </c>
       <c r="D206" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>69</v>
       </c>
       <c r="B207" t="s">
         <v>70</v>
       </c>
       <c r="C207">
         <v>34.992</v>
       </c>
       <c r="D207" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>71</v>
       </c>
       <c r="B208" t="s">
         <v>72</v>
       </c>
       <c r="C208">
         <v>34.992</v>
       </c>
       <c r="D208" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
         <v>73</v>
       </c>
       <c r="B209" t="s">
         <v>74</v>
       </c>
       <c r="C209">
         <v>34.992</v>
       </c>
       <c r="D209" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
         <v>75</v>
       </c>
       <c r="B210" t="s">
         <v>76</v>
       </c>
       <c r="C210">
         <v>34.992</v>
       </c>
       <c r="D210" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>77</v>
       </c>
       <c r="B211" t="s">
         <v>78</v>
       </c>
       <c r="C211">
         <v>34.992</v>
       </c>
       <c r="D211" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>79</v>
       </c>
       <c r="B212" t="s">
         <v>80</v>
       </c>
       <c r="C212">
         <v>34.992</v>
       </c>
       <c r="D212" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
         <v>81</v>
       </c>
       <c r="B213" t="s">
         <v>82</v>
       </c>
       <c r="C213">
         <v>34.992</v>
       </c>
       <c r="D213" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
         <v>83</v>
       </c>
       <c r="B214" t="s">
         <v>84</v>
       </c>
       <c r="C214">
         <v>34.992</v>
       </c>
       <c r="D214" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
         <v>85</v>
       </c>
       <c r="B215" t="s">
         <v>86</v>
       </c>
       <c r="C215">
         <v>34.992</v>
       </c>
       <c r="D215" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
         <v>87</v>
       </c>
       <c r="B216" t="s">
         <v>88</v>
       </c>
       <c r="C216">
         <v>34.992</v>
       </c>
       <c r="D216" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>89</v>
       </c>
       <c r="B217" t="s">
         <v>90</v>
       </c>
       <c r="C217">
         <v>34.992</v>
       </c>
       <c r="D217" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
         <v>91</v>
       </c>
       <c r="B218" t="s">
         <v>92</v>
       </c>
       <c r="C218">
         <v>34.992</v>
@@ -4603,93 +4603,93 @@
     <row r="220" spans="1:4">
       <c r="A220" t="s">
         <v>95</v>
       </c>
       <c r="B220" t="s">
         <v>96</v>
       </c>
       <c r="C220">
         <v>34.992</v>
       </c>
       <c r="D220" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
         <v>97</v>
       </c>
       <c r="B221" t="s">
         <v>98</v>
       </c>
       <c r="C221">
         <v>34.992</v>
       </c>
       <c r="D221" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
         <v>99</v>
       </c>
       <c r="B222" t="s">
         <v>100</v>
       </c>
       <c r="C222">
         <v>34.992</v>
       </c>
       <c r="D222" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
         <v>101</v>
       </c>
       <c r="B223" t="s">
         <v>102</v>
       </c>
       <c r="C223">
         <v>34.992</v>
       </c>
       <c r="D223" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
         <v>103</v>
       </c>
       <c r="B224" t="s">
         <v>104</v>
       </c>
       <c r="C224">
         <v>34.992</v>
       </c>
       <c r="D224" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
         <v>105</v>
       </c>
       <c r="B225" t="s">
         <v>106</v>
       </c>
       <c r="C225">
         <v>34.992</v>
       </c>
       <c r="D225" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
         <v>107</v>
       </c>
       <c r="B226" t="s">
         <v>108</v>
       </c>
       <c r="C226">
         <v>34.992</v>
@@ -4757,93 +4757,93 @@
     <row r="231" spans="1:4">
       <c r="A231" t="s">
         <v>117</v>
       </c>
       <c r="B231" t="s">
         <v>118</v>
       </c>
       <c r="C231">
         <v>34.992</v>
       </c>
       <c r="D231" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
         <v>119</v>
       </c>
       <c r="B232" t="s">
         <v>120</v>
       </c>
       <c r="C232">
         <v>34.992</v>
       </c>
       <c r="D232" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
         <v>121</v>
       </c>
       <c r="B233" t="s">
         <v>122</v>
       </c>
       <c r="C233">
         <v>34.992</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
         <v>123</v>
       </c>
       <c r="B234" t="s">
         <v>124</v>
       </c>
       <c r="C234">
         <v>34.992</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
         <v>125</v>
       </c>
       <c r="B235" t="s">
         <v>126</v>
       </c>
       <c r="C235">
         <v>34.992</v>
       </c>
       <c r="D235" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
         <v>225</v>
       </c>
       <c r="B236" t="s">
         <v>226</v>
       </c>
       <c r="C236">
         <v>35.004</v>
       </c>
       <c r="D236" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
         <v>227</v>
       </c>
       <c r="B237" t="s">
         <v>228</v>
       </c>
       <c r="C237">
         <v>35.004</v>
@@ -4967,121 +4967,121 @@
     <row r="246" spans="1:4">
       <c r="A246" t="s">
         <v>245</v>
       </c>
       <c r="B246" t="s">
         <v>246</v>
       </c>
       <c r="C246">
         <v>35.004</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
         <v>247</v>
       </c>
       <c r="B247" t="s">
         <v>248</v>
       </c>
       <c r="C247">
         <v>35.004</v>
       </c>
       <c r="D247" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
         <v>249</v>
       </c>
       <c r="B248" t="s">
         <v>250</v>
       </c>
       <c r="C248">
         <v>35.004</v>
       </c>
       <c r="D248" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
         <v>251</v>
       </c>
       <c r="B249" t="s">
         <v>252</v>
       </c>
       <c r="C249">
         <v>35.004</v>
       </c>
       <c r="D249" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
         <v>253</v>
       </c>
       <c r="B250" t="s">
         <v>254</v>
       </c>
       <c r="C250">
         <v>35.004</v>
       </c>
       <c r="D250" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
         <v>255</v>
       </c>
       <c r="B251" t="s">
         <v>256</v>
       </c>
       <c r="C251">
         <v>35.004</v>
       </c>
       <c r="D251" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
         <v>257</v>
       </c>
       <c r="B252" t="s">
         <v>258</v>
       </c>
       <c r="C252">
         <v>35.004</v>
       </c>
       <c r="D252" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
         <v>259</v>
       </c>
       <c r="B253" t="s">
         <v>260</v>
       </c>
       <c r="C253">
         <v>35.004</v>
       </c>
       <c r="D253" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
         <v>261</v>
       </c>
       <c r="B254" t="s">
         <v>262</v>
       </c>
       <c r="C254">
         <v>35.004</v>
@@ -5177,65 +5177,65 @@
     <row r="261" spans="1:4">
       <c r="A261" t="s">
         <v>283</v>
       </c>
       <c r="B261" t="s">
         <v>284</v>
       </c>
       <c r="C261">
         <v>54.288</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
         <v>285</v>
       </c>
       <c r="B262" t="s">
         <v>286</v>
       </c>
       <c r="C262">
         <v>54.288</v>
       </c>
       <c r="D262" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
         <v>287</v>
       </c>
       <c r="B263" t="s">
         <v>288</v>
       </c>
       <c r="C263">
         <v>57.6</v>
       </c>
       <c r="D263" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
         <v>289</v>
       </c>
       <c r="B264" t="s">
         <v>290</v>
       </c>
       <c r="C264">
         <v>58.656</v>
       </c>
       <c r="D264" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
         <v>293</v>
       </c>
       <c r="B265" t="s">
         <v>294</v>
       </c>
       <c r="C265">
         <v>58.992</v>
@@ -5331,79 +5331,79 @@
     <row r="272" spans="1:4">
       <c r="A272" t="s">
         <v>311</v>
       </c>
       <c r="B272" t="s">
         <v>312</v>
       </c>
       <c r="C272">
         <v>69.0</v>
       </c>
       <c r="D272" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
         <v>313</v>
       </c>
       <c r="B273" t="s">
         <v>314</v>
       </c>
       <c r="C273">
         <v>69.0</v>
       </c>
       <c r="D273" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
         <v>315</v>
       </c>
       <c r="B274" t="s">
         <v>316</v>
       </c>
       <c r="C274">
         <v>69.0</v>
       </c>
       <c r="D274" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
         <v>317</v>
       </c>
       <c r="B275" t="s">
         <v>318</v>
       </c>
       <c r="C275">
         <v>69.0</v>
       </c>
       <c r="D275" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
         <v>319</v>
       </c>
       <c r="B276" t="s">
         <v>320</v>
       </c>
       <c r="C276">
         <v>69.0</v>
       </c>
       <c r="D276" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
         <v>321</v>
       </c>
       <c r="B277" t="s">
         <v>322</v>
       </c>
       <c r="C277">
         <v>69.0</v>
@@ -5443,51 +5443,51 @@
     <row r="280" spans="1:4">
       <c r="A280" t="s">
         <v>327</v>
       </c>
       <c r="B280" t="s">
         <v>328</v>
       </c>
       <c r="C280">
         <v>69.0</v>
       </c>
       <c r="D280" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
         <v>331</v>
       </c>
       <c r="B281" t="s">
         <v>332</v>
       </c>
       <c r="C281">
         <v>82.548</v>
       </c>
       <c r="D281" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
         <v>337</v>
       </c>
       <c r="B282" t="s">
         <v>338</v>
       </c>
       <c r="C282">
         <v>92.016</v>
       </c>
       <c r="D282" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
         <v>339</v>
       </c>
       <c r="B283" t="s">
         <v>340</v>
       </c>
       <c r="C283">
         <v>95.988</v>
@@ -5569,51 +5569,51 @@
     <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>351</v>
       </c>
       <c r="B289" t="s">
         <v>352</v>
       </c>
       <c r="C289">
         <v>118.992</v>
       </c>
       <c r="D289" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>353</v>
       </c>
       <c r="B290" t="s">
         <v>354</v>
       </c>
       <c r="C290">
         <v>118.992</v>
       </c>
       <c r="D290" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
         <v>355</v>
       </c>
       <c r="B291" t="s">
         <v>356</v>
       </c>
       <c r="C291">
         <v>126.996</v>
       </c>
       <c r="D291" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
         <v>357</v>
       </c>
       <c r="B292" t="s">
         <v>358</v>
       </c>
       <c r="C292">
         <v>140.7</v>
@@ -5742,242 +5742,242 @@
         <v>376</v>
       </c>
       <c r="C301">
         <v>321.564</v>
       </c>
       <c r="D301" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>10</v>
       </c>
       <c r="B302" t="s">
         <v>11</v>
       </c>
       <c r="C302">
         <v>29.748</v>
       </c>
       <c r="D302" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B303" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C303">
-        <v>29.748</v>
+        <v>33.228</v>
       </c>
       <c r="D303" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="B304" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="C304">
-        <v>33.228</v>
+        <v>34.992</v>
       </c>
       <c r="D304" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
         <v>64</v>
       </c>
       <c r="B305" t="s">
         <v>65</v>
       </c>
       <c r="C305">
         <v>34.992</v>
       </c>
       <c r="D305" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
         <v>67</v>
       </c>
       <c r="B306" t="s">
         <v>68</v>
       </c>
       <c r="C306">
         <v>34.992</v>
       </c>
       <c r="D306" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
         <v>69</v>
       </c>
       <c r="B307" t="s">
         <v>70</v>
       </c>
       <c r="C307">
         <v>34.992</v>
       </c>
       <c r="D307" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
         <v>71</v>
       </c>
       <c r="B308" t="s">
         <v>72</v>
       </c>
       <c r="C308">
         <v>34.992</v>
       </c>
       <c r="D308" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
         <v>73</v>
       </c>
       <c r="B309" t="s">
         <v>74</v>
       </c>
       <c r="C309">
         <v>34.992</v>
       </c>
       <c r="D309" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
         <v>75</v>
       </c>
       <c r="B310" t="s">
         <v>76</v>
       </c>
       <c r="C310">
         <v>34.992</v>
       </c>
       <c r="D310" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
         <v>77</v>
       </c>
       <c r="B311" t="s">
         <v>78</v>
       </c>
       <c r="C311">
         <v>34.992</v>
       </c>
       <c r="D311" t="s">
-        <v>6</v>
+        <v>66</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
         <v>79</v>
       </c>
       <c r="B312" t="s">
         <v>80</v>
       </c>
       <c r="C312">
         <v>34.992</v>
       </c>
       <c r="D312" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
         <v>81</v>
       </c>
       <c r="B313" t="s">
         <v>82</v>
       </c>
       <c r="C313">
         <v>34.992</v>
       </c>
       <c r="D313" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
         <v>83</v>
       </c>
       <c r="B314" t="s">
         <v>84</v>
       </c>
       <c r="C314">
         <v>34.992</v>
       </c>
       <c r="D314" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
         <v>85</v>
       </c>
       <c r="B315" t="s">
         <v>86</v>
       </c>
       <c r="C315">
         <v>34.992</v>
       </c>
       <c r="D315" t="s">
-        <v>9</v>
+        <v>66</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
         <v>87</v>
       </c>
       <c r="B316" t="s">
         <v>88</v>
       </c>
       <c r="C316">
         <v>34.992</v>
       </c>
       <c r="D316" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
         <v>89</v>
       </c>
       <c r="B317" t="s">
         <v>90</v>
       </c>
       <c r="C317">
         <v>34.992</v>
       </c>
       <c r="D317" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
         <v>91</v>
       </c>
       <c r="B318" t="s">
         <v>92</v>
       </c>
       <c r="C318">
         <v>34.992</v>
@@ -6003,93 +6003,93 @@
     <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>95</v>
       </c>
       <c r="B320" t="s">
         <v>96</v>
       </c>
       <c r="C320">
         <v>34.992</v>
       </c>
       <c r="D320" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
         <v>97</v>
       </c>
       <c r="B321" t="s">
         <v>98</v>
       </c>
       <c r="C321">
         <v>34.992</v>
       </c>
       <c r="D321" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
         <v>99</v>
       </c>
       <c r="B322" t="s">
         <v>100</v>
       </c>
       <c r="C322">
         <v>34.992</v>
       </c>
       <c r="D322" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
         <v>101</v>
       </c>
       <c r="B323" t="s">
         <v>102</v>
       </c>
       <c r="C323">
         <v>34.992</v>
       </c>
       <c r="D323" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
         <v>103</v>
       </c>
       <c r="B324" t="s">
         <v>104</v>
       </c>
       <c r="C324">
         <v>34.992</v>
       </c>
       <c r="D324" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
         <v>105</v>
       </c>
       <c r="B325" t="s">
         <v>106</v>
       </c>
       <c r="C325">
         <v>34.992</v>
       </c>
       <c r="D325" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
         <v>107</v>
       </c>
       <c r="B326" t="s">
         <v>108</v>
       </c>
       <c r="C326">
         <v>34.992</v>
@@ -6157,93 +6157,93 @@
     <row r="331" spans="1:4">
       <c r="A331" t="s">
         <v>117</v>
       </c>
       <c r="B331" t="s">
         <v>118</v>
       </c>
       <c r="C331">
         <v>34.992</v>
       </c>
       <c r="D331" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
         <v>119</v>
       </c>
       <c r="B332" t="s">
         <v>120</v>
       </c>
       <c r="C332">
         <v>34.992</v>
       </c>
       <c r="D332" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
         <v>121</v>
       </c>
       <c r="B333" t="s">
         <v>122</v>
       </c>
       <c r="C333">
         <v>34.992</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
         <v>123</v>
       </c>
       <c r="B334" t="s">
         <v>124</v>
       </c>
       <c r="C334">
         <v>34.992</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
         <v>125</v>
       </c>
       <c r="B335" t="s">
         <v>126</v>
       </c>
       <c r="C335">
         <v>34.992</v>
       </c>
       <c r="D335" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
         <v>225</v>
       </c>
       <c r="B336" t="s">
         <v>226</v>
       </c>
       <c r="C336">
         <v>35.004</v>
       </c>
       <c r="D336" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
         <v>227</v>
       </c>
       <c r="B337" t="s">
         <v>228</v>
       </c>
       <c r="C337">
         <v>35.004</v>
@@ -6367,121 +6367,121 @@
     <row r="346" spans="1:4">
       <c r="A346" t="s">
         <v>245</v>
       </c>
       <c r="B346" t="s">
         <v>246</v>
       </c>
       <c r="C346">
         <v>35.004</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
         <v>247</v>
       </c>
       <c r="B347" t="s">
         <v>248</v>
       </c>
       <c r="C347">
         <v>35.004</v>
       </c>
       <c r="D347" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
         <v>249</v>
       </c>
       <c r="B348" t="s">
         <v>250</v>
       </c>
       <c r="C348">
         <v>35.004</v>
       </c>
       <c r="D348" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
         <v>251</v>
       </c>
       <c r="B349" t="s">
         <v>252</v>
       </c>
       <c r="C349">
         <v>35.004</v>
       </c>
       <c r="D349" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
         <v>253</v>
       </c>
       <c r="B350" t="s">
         <v>254</v>
       </c>
       <c r="C350">
         <v>35.004</v>
       </c>
       <c r="D350" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
         <v>255</v>
       </c>
       <c r="B351" t="s">
         <v>256</v>
       </c>
       <c r="C351">
         <v>35.004</v>
       </c>
       <c r="D351" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
         <v>257</v>
       </c>
       <c r="B352" t="s">
         <v>258</v>
       </c>
       <c r="C352">
         <v>35.004</v>
       </c>
       <c r="D352" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
         <v>259</v>
       </c>
       <c r="B353" t="s">
         <v>260</v>
       </c>
       <c r="C353">
         <v>35.004</v>
       </c>
       <c r="D353" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
         <v>261</v>
       </c>
       <c r="B354" t="s">
         <v>262</v>
       </c>
       <c r="C354">
         <v>35.004</v>
@@ -6563,65 +6563,65 @@
     <row r="360" spans="1:4">
       <c r="A360" t="s">
         <v>283</v>
       </c>
       <c r="B360" t="s">
         <v>284</v>
       </c>
       <c r="C360">
         <v>54.288</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
         <v>285</v>
       </c>
       <c r="B361" t="s">
         <v>286</v>
       </c>
       <c r="C361">
         <v>54.288</v>
       </c>
       <c r="D361" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
         <v>287</v>
       </c>
       <c r="B362" t="s">
         <v>288</v>
       </c>
       <c r="C362">
         <v>57.6</v>
       </c>
       <c r="D362" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
         <v>289</v>
       </c>
       <c r="B363" t="s">
         <v>290</v>
       </c>
       <c r="C363">
         <v>58.656</v>
       </c>
       <c r="D363" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
         <v>293</v>
       </c>
       <c r="B364" t="s">
         <v>294</v>
       </c>
       <c r="C364">
         <v>58.992</v>
@@ -6717,79 +6717,79 @@
     <row r="371" spans="1:4">
       <c r="A371" t="s">
         <v>311</v>
       </c>
       <c r="B371" t="s">
         <v>312</v>
       </c>
       <c r="C371">
         <v>69.0</v>
       </c>
       <c r="D371" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
         <v>313</v>
       </c>
       <c r="B372" t="s">
         <v>314</v>
       </c>
       <c r="C372">
         <v>69.0</v>
       </c>
       <c r="D372" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
         <v>315</v>
       </c>
       <c r="B373" t="s">
         <v>316</v>
       </c>
       <c r="C373">
         <v>69.0</v>
       </c>
       <c r="D373" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
         <v>317</v>
       </c>
       <c r="B374" t="s">
         <v>318</v>
       </c>
       <c r="C374">
         <v>69.0</v>
       </c>
       <c r="D374" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
         <v>319</v>
       </c>
       <c r="B375" t="s">
         <v>320</v>
       </c>
       <c r="C375">
         <v>69.0</v>
       </c>
       <c r="D375" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
         <v>321</v>
       </c>
       <c r="B376" t="s">
         <v>322</v>
       </c>
       <c r="C376">
         <v>69.0</v>
@@ -6829,51 +6829,51 @@
     <row r="379" spans="1:4">
       <c r="A379" t="s">
         <v>327</v>
       </c>
       <c r="B379" t="s">
         <v>328</v>
       </c>
       <c r="C379">
         <v>69.0</v>
       </c>
       <c r="D379" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
         <v>331</v>
       </c>
       <c r="B380" t="s">
         <v>332</v>
       </c>
       <c r="C380">
         <v>82.548</v>
       </c>
       <c r="D380" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
         <v>343</v>
       </c>
       <c r="B381" t="s">
         <v>344</v>
       </c>
       <c r="C381">
         <v>108.996</v>
       </c>
       <c r="D381" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
         <v>345</v>
       </c>
       <c r="B382" t="s">
         <v>346</v>
       </c>
       <c r="C382">
         <v>118.992</v>
@@ -6913,51 +6913,51 @@
     <row r="385" spans="1:4">
       <c r="A385" t="s">
         <v>351</v>
       </c>
       <c r="B385" t="s">
         <v>352</v>
       </c>
       <c r="C385">
         <v>118.992</v>
       </c>
       <c r="D385" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386" t="s">
         <v>353</v>
       </c>
       <c r="B386" t="s">
         <v>354</v>
       </c>
       <c r="C386">
         <v>118.992</v>
       </c>
       <c r="D386" t="s">
-        <v>66</v>
+        <v>9</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387" t="s">
         <v>355</v>
       </c>
       <c r="B387" t="s">
         <v>356</v>
       </c>
       <c r="C387">
         <v>126.996</v>
       </c>
       <c r="D387" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388" t="s">
         <v>365</v>
       </c>
       <c r="B388" t="s">
         <v>366</v>
       </c>
       <c r="C388">
         <v>168.996</v>
@@ -6983,51 +6983,51 @@
     <row r="390" spans="1:4">
       <c r="A390" t="s">
         <v>373</v>
       </c>
       <c r="B390" t="s">
         <v>374</v>
       </c>
       <c r="C390">
         <v>206.364</v>
       </c>
       <c r="D390" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
         <v>377</v>
       </c>
       <c r="B391" t="s">
         <v>378</v>
       </c>
       <c r="C391">
         <v>518.592</v>
       </c>
       <c r="D391" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D392"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>