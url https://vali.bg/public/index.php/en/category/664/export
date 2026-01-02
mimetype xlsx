--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$15</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Xavax Universal, Activated Charcoal Filter, 3 Pcs</t>
   </si>
   <si>
     <t>HAMA-181565</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Xiaomi Mi Robot Vacuum-Mop Brush Cover</t>
   </si>
   <si>
@@ -97,57 +97,60 @@
   <si>
     <t>Rechargeable Pocket Fan ARCTIC Summair 2Go - Dark Blue</t>
   </si>
   <si>
     <t>ARCTIC-FAN-AEBRZ00028A</t>
   </si>
   <si>
     <t>Rechargeable Pocket Fan ARCTIC Summair 2Go - Black</t>
   </si>
   <si>
     <t>ARCTIC-FAN-AEBRZ00027A</t>
   </si>
   <si>
     <t>Xavax Turbo Brush with Universal Connection, 110234</t>
   </si>
   <si>
     <t>HAMA-110234</t>
   </si>
   <si>
     <t>Hama "Smart" 3in1 Combi Filter for Air Purifier</t>
   </si>
   <si>
     <t>HAMA-186440</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Multi-Purpose FAN SET Noctua NV-FS1</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NV-FS1</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...4 lines deleted...]
-    <t>NOCTUA-FAN-NV-FS1</t>
   </si>
   <si>
     <t>Hama "Smart" Air Purifier, 3 x filter, 186437</t>
   </si>
   <si>
     <t>HAMA-186437</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -650,59 +653,59 @@
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12">
         <v>70.464</v>
       </c>
       <c r="D12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>200.1</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>240.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D15"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 