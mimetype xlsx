--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -14,103 +14,100 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio CS-UBP380TW  UNIDEN BP-40 BP-38  BP-39 4,8V 600mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-UBP380TW</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio DeTeWe Outdoor 8000 MT700D03XXC NIMH  4,8V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-DWE800TW</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola TLKR T40, Midland G223, G225 BATT4R BP40  4,8V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-GXT200TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  CS-GXT276TW UNIDEN GMR1038 BATT6R  4,8V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-GXT276TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  MIDLAND G7 MAG, GXT1000, AVP17/BATT5R  NIMH  6V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-GXT300TW</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Camera Battery for Two-Way Radio  Motorola EM1000.T5300, T800 1532/4002A NIMH  3,6V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTV500TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  MIDLAND 456R, G6, G8  PB-G8   NIMH  4,8V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MIM99TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola CLP1010, CLP1040, CLP1060, SL7500  LiIon  3,7V 1800mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MRP446TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Kirisun PT4200, PT5200, PT558, PT668  KB-42A / KB58A   LiPo  7,4V 1600mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-KPT5200TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola EM1000.T5300, T800 1532/4002A NIMH  3,6V 1500mA Cameron Sino</t>
@@ -181,63 +178,63 @@
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola GP1280 GP140 GP240  HMNN4151    NIMH  7,2V 1800mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTK140TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola CEP400, MTP800  AP-6574 Liion  3,7V 2200mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MKT574TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola EX500, EX600, GP329, GP664  JMNN4023   LiIon  7,2V 1800mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTX500TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola GP1280 GP140 GP240  HMNN4151    NIMH  7,2V 2100mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTK013TW</t>
   </si>
   <si>
+    <t>Camera Battery for Two-Way Radio  Motorola DGP4150, DP3400, XPR6550 NNTN4066   LiIon  7,5V 2600mA Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-MTX640TW</t>
+  </si>
+  <si>
+    <t>Camera Battery for Two-Way Radio  Motorola APX2000, DP2400, XPR 7350  Liion  7,4V 3350mA Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-MPR755TW</t>
+  </si>
+  <si>
     <t>not available</t>
-  </si>
-[...10 lines deleted...]
-    <t>CS-MPR755TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola GP1280 GP140 GP240  HMNN4151    LiIon  7,4V 1800mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTK240TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola APX2000, APX3000 , APX4000  NNTN8128A LiIon  7,4V 2300mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTK446TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola GP1280 GP140 GP240  HMNN4151    LiIon  7,4V 2600mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTK241TW</t>
   </si>
   <si>
     <t>Camera Battery for Two-Way Radio  Motorola GP1280 GP140 GP240  HMNN4151    LiIon  7,4V 2700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MKT243TW</t>
   </si>
@@ -672,423 +669,423 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>38.4</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>38.4</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>48.0</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>48.0</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>54.0</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>60.0</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>60.0</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>72.0</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>72.0</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>72.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>72.0</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>72.0</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>78.0</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>78.0</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>78.0</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>78.0</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B21" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C21">
         <v>84.0</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="C22">
         <v>84.0</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C23">
         <v>84.0</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="C24">
         <v>84.0</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>52</v>
+      </c>
+      <c r="B25" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C25">
         <v>90.0</v>
       </c>
       <c r="D25" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C26">
         <v>96.0</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C27">
         <v>96.0</v>
       </c>
       <c r="D27" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>96.0</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>96.0</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>108.0</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>132.0</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>138.0</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>198.0</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 