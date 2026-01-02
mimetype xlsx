--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -598,107 +598,107 @@
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>128.004</v>
       </c>
       <c r="D7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>139.2</v>
       </c>
       <c r="D8" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>182.304</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>224.1</v>
       </c>
       <c r="D10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11">
         <v>258.996</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>26</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12">
-        <v>418.464</v>
+        <v>416.928</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>424.764</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>558.0</v>