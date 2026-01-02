--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -85,51 +85,51 @@
   <si>
     <t>Xavax Descaler for Steam Irons, 250 ml, 111727</t>
   </si>
   <si>
     <t>HAMA-111727</t>
   </si>
   <si>
     <t>Xavax Cleaning Tablets f. Coffee Machine, Grease Remover, 111281</t>
   </si>
   <si>
     <t>HAMA-111281</t>
   </si>
   <si>
     <t>Xavax Oven and Grill Cleaner, 111758</t>
   </si>
   <si>
     <t>HAMA-111758</t>
   </si>
   <si>
     <t>Glass Ceramic Cleaner, Xavax 111726</t>
   </si>
   <si>
     <t>HAMA-111726</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
+    <t>not available</t>
   </si>
   <si>
     <t>Xavax Premium Descaler for Automatic Coffee Makers, 111283</t>
   </si>
   <si>
     <t>HAMA-111283</t>
   </si>
   <si>
     <t>Xavax Cleaning Spray for Refrigerators, 111721</t>
   </si>
   <si>
     <t>HAMA-111721</t>
   </si>
   <si>
     <t>Xavax "Coffee Clean" Cleaner for Automatic Coffee Makers, 250 ml, 111284</t>
   </si>
   <si>
     <t>HAMA-111284</t>
   </si>
   <si>
     <t>Xavax Iron Cleaning Spray, 50 ml</t>
   </si>
   <si>
     <t>HAMA-111762</t>
   </si>
@@ -492,51 +492,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>6.876</v>