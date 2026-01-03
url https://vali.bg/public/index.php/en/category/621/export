--- v0 (2025-12-13)
+++ v1 (2026-01-03)
@@ -178,63 +178,63 @@
   <si>
     <t>Binoculars HAMA Optec 02804, 10x50, Prism</t>
   </si>
   <si>
     <t>HAMA-02804</t>
   </si>
   <si>
     <t>Konus PREPARED SLIDES - BIOLOGY</t>
   </si>
   <si>
     <t>KONUS-4986</t>
   </si>
   <si>
     <t>Konus THE HUMAN BODY - ORGANS STRUCTURE (25 SLIDES)</t>
   </si>
   <si>
     <t>KONUS-4987</t>
   </si>
   <si>
     <t>Telescope Celestron Firstscope 76, Newtonian Reflector</t>
   </si>
   <si>
     <t>CEL-21024</t>
   </si>
   <si>
+    <t>Binoculars CELESTRON UpClose G2 20x50 Porro</t>
+  </si>
+  <si>
+    <t>CEL-71258</t>
+  </si>
+  <si>
+    <t>PowerSeeker Accessory Kit</t>
+  </si>
+  <si>
+    <t>CEL-94306</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...10 lines deleted...]
-    <t>CEL-94306</t>
   </si>
   <si>
     <t>Telescope Celestron Powerseeker 50AZ, Refractor</t>
   </si>
   <si>
     <t>CEL-21039</t>
   </si>
   <si>
     <t>Digital Microscope Imager, 2Mpix, USB</t>
   </si>
   <si>
     <t>CEL-44421</t>
   </si>
   <si>
     <t>Portable Telescope Celestron TRAVEL SCOPE 50, Refractor, with backpack</t>
   </si>
   <si>
     <t>CEL-21038</t>
   </si>
   <si>
     <t>AstroMaster Accessory Kit</t>
   </si>
   <si>
     <t>CEL-94307</t>
   </si>
@@ -1001,149 +1001,149 @@
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
         <v>80.4</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>138.0</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>54</v>
+      </c>
+      <c r="B26" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C26">
         <v>147.168</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C27">
         <v>154.8</v>
       </c>
       <c r="D27" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>161.664</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>178.596</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>188.364</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>190.26</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>254.412</v>
       </c>
       <c r="D32" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>280.944</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>330.0</v>
@@ -1169,93 +1169,93 @@
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>374.4</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>375.108</v>
       </c>
       <c r="D37" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>432.288</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>445.056</v>
       </c>
       <c r="D39" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>508.74</v>
       </c>
       <c r="D40" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>676.044</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>900.0</v>