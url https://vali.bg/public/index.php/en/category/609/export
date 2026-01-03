--- v0 (2025-12-14)
+++ v1 (2026-01-03)
@@ -34,72 +34,72 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Oculus Meta Quest 3S Advanced All-In-One Virtual Reality Headset 128GB</t>
   </si>
   <si>
     <t>OCULUS-META-QUEST3S-128</t>
   </si>
   <si>
+    <t>available</t>
+  </si>
+  <si>
+    <t>Oculus Quest 3S - Advanced All-In-One Virtual Reality Headset 256GB</t>
+  </si>
+  <si>
+    <t>OCULUS-META-QUEST3S-256</t>
+  </si>
+  <si>
+    <t>Sony - PlayStation VR2 - Horizon Call of the Mountain</t>
+  </si>
+  <si>
+    <t>SONY-VR2-BUNDLE</t>
+  </si>
+  <si>
+    <t>Oculus Quest 3 - Advanced All-In-One Virtual Reality Headset - 512 GB</t>
+  </si>
+  <si>
+    <t>OCULUS-QUEST3-512</t>
+  </si>
+  <si>
     <t>on route</t>
-  </si>
-[...19 lines deleted...]
-    <t>OCULUS-QUEST3-512</t>
   </si>
   <si>
     <t>VR Expert Pico Neo 3 - All-in-One VR Headset</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3</t>
   </si>
   <si>
     <t>Pico 4 Ultra - All-In-One Virtual Reality Headset</t>
   </si>
   <si>
     <t>PICO-VR-4-ULTRA</t>
   </si>
   <si>
     <t>VALI-PC-VR-AMD</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>VR Expert Set of 4 PICO Neo 3 VR headsets, case, router, tablet and accessories</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3-4</t>
   </si>
@@ -496,133 +496,133 @@
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>720.0</v>
+        <v>690.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>917.268</v>
+        <v>885.384</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="C4">
         <v>1099.284</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C5">
         <v>1187.112</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>1378.992</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>1740.0</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
-        <v>3629.508</v>
+        <v>3735.888</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>7500.0</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>