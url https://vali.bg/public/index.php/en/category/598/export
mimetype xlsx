--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -535,62 +535,62 @@
   <si>
     <t>Paladone Minecraft Playing Cards, (PP6587MCFV2)</t>
   </si>
   <si>
     <t>PD-066805</t>
   </si>
   <si>
     <t>Paladone: Star Wars - Lightsaber Heat Change Mug DV (300ml), PP3699SWV3</t>
   </si>
   <si>
     <t>PD-037221</t>
   </si>
   <si>
     <t>Paladone: Fortnite - Playing Cards in Tin, PP14531FO</t>
   </si>
   <si>
     <t>PD-104461</t>
   </si>
   <si>
     <t>Paladone: Minecraft Embossed Mug</t>
   </si>
   <si>
     <t>PD-104477</t>
   </si>
   <si>
+    <t>Candle ABYSTYLE HARRY POTTER, Marauders Map</t>
+  </si>
+  <si>
+    <t>ABYSTYLE-ABYHOM007</t>
+  </si>
+  <si>
     <t>SKROSS Mini Travel Pillow Red,  L 295 mm W 200 mm H 75 mm</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001MIPRECN</t>
   </si>
   <si>
-    <t>Candle ABYSTYLE HARRY POTTER, Marauders Map</t>
-[...4 lines deleted...]
-  <si>
     <t>SKROSS Mini Travel Pillow Red - Skross,  L 295 mm W 200 mm H 75 mm</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001MIPSKCN</t>
   </si>
   <si>
     <t>ABYSTYLE OVERWATCH Mug Logo King size</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG522</t>
   </si>
   <si>
     <t>ABYSTYLE THE LORD OF THE RINGS Mug The Fellowship of the Ring King size</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG713</t>
   </si>
   <si>
     <t>DC COMICS Mug Batman The Dark Knight</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYMUG976</t>
   </si>
   <si>
     <t>ABYSTYLE PLAYSTATION Mug Heat Change Eat Sleep Repeat</t>
@@ -769,56 +769,50 @@
   <si>
     <t>FragON Gaming Arm sleeve World of Warcraft Horde - Size XL</t>
   </si>
   <si>
     <t>FRAGON-ARM-FWOWH-XL</t>
   </si>
   <si>
     <t>Mug Paladone Lord of the Rings - The One Ring</t>
   </si>
   <si>
     <t>PD-089405</t>
   </si>
   <si>
     <t>Paladone Mug: Fortnite - Heat Change Mug (PP14663FO)</t>
   </si>
   <si>
     <t>PD-104460</t>
   </si>
   <si>
     <t>Paladone Mug: Fortnite - Durrr Burger Shaped Mug PP14629FO</t>
   </si>
   <si>
     <t>PD-104459</t>
   </si>
   <si>
-    <t>Mug Paladone FIFA Football (Black and Gold) Shaped</t>
-[...4 lines deleted...]
-  <si>
     <t>Paladone Frozen Mini Desk Lamp (PP12331FZT)</t>
   </si>
   <si>
     <t>PD-090227</t>
   </si>
   <si>
     <t>Paladone Mickey Friends Mini Desk Lamp (PP12311DSC)</t>
   </si>
   <si>
     <t>PD-090226</t>
   </si>
   <si>
     <t>Paladone Disney Classics – Stitch Icon Light (PP11360LS)</t>
   </si>
   <si>
     <t>PD-084899</t>
   </si>
   <si>
     <t>Paladone Guardians Of The Galaxy – Groot Icon Light (PP11306GT)</t>
   </si>
   <si>
     <t>PD-084900</t>
   </si>
   <si>
     <t>Paladone Minecraft – Odd Socks (PP9471MCF)</t>
@@ -973,50 +967,56 @@
   <si>
     <t>Paladone Water Bottle: Fortnite - Metal Water Bottle (PP14736FO)</t>
   </si>
   <si>
     <t>PD-104457</t>
   </si>
   <si>
     <t>GBEYE MINECRAFT - Framed print "World" (30x40)</t>
   </si>
   <si>
     <t>GBEYE-PFC2453</t>
   </si>
   <si>
     <t>SKROSS 16L backpack</t>
   </si>
   <si>
     <t>SKROSS-SKTABP16L1BLKCN</t>
   </si>
   <si>
     <t>SKROSS Travel Pillow, Red</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001PILRECN</t>
   </si>
   <si>
+    <t>SKROSS Travel Pillow, Dark Gray</t>
+  </si>
+  <si>
+    <t>SKROSS-SKTA1001PILDGCN</t>
+  </si>
+  <si>
     <t>SKROSS Travel Pillow, Red Skross</t>
   </si>
   <si>
     <t>SKROSS-SKTA1001PILSKCN</t>
   </si>
   <si>
     <t>GBEYE STARFIELD - Framed print "Landing" (30x40)</t>
   </si>
   <si>
     <t>GBEYE-GBYDCO515</t>
   </si>
   <si>
     <t>ABYSTYLE POKEMON - Umbrella - Pikachu</t>
   </si>
   <si>
     <t>ABYSTYLE-ABYUMB011</t>
   </si>
   <si>
     <t>Backpack DIFUZED Harry Potter - Basic</t>
   </si>
   <si>
     <t>BW-BP502727HPT</t>
   </si>
   <si>
     <t>Bifold Wallet DIFUZED Marvel</t>
@@ -1051,228 +1051,228 @@
   <si>
     <t>Short Sleeved T-shirt DIFUZED Pac-Man - Logo Men's, S</t>
   </si>
   <si>
     <t>BW-TS317056PAC-S</t>
   </si>
   <si>
     <t>Paladone Paladone: Minecraft - Panda Light, PP12710MCF</t>
   </si>
   <si>
     <t>PD-096274</t>
   </si>
   <si>
     <t>Paladone: Minecraft - Axolotl Light, PP11743MCFV2</t>
   </si>
   <si>
     <t>PD-093714</t>
   </si>
   <si>
     <t>Paladone: Minecraft - Creeper Wall Mountable LED Neon Light, PP14020MCFVN</t>
   </si>
   <si>
     <t>PD-099995</t>
   </si>
   <si>
+    <t>Paladone Glo Buddies: Minecraft - Wolf Light, PP14761MCF</t>
+  </si>
+  <si>
+    <t>PD-104480</t>
+  </si>
+  <si>
+    <t>Paladone: Minecraft - Green 900ml Multiway Travel Cup Stra, PP14600MCF</t>
+  </si>
+  <si>
+    <t>PD-104474</t>
+  </si>
+  <si>
+    <t>Mug Paladone: Minecraft - Purple 900ml Multiway Travel Cup Straw,  PP14948MCF</t>
+  </si>
+  <si>
+    <t>PD-104475</t>
+  </si>
+  <si>
+    <t>Paladone: Fortnite - Desk Headphone Stand With Light</t>
+  </si>
+  <si>
+    <t>PD-PP14509FO</t>
+  </si>
+  <si>
+    <t>Paladone Figurine: Fortnite - Logo Light (PP14512FO)</t>
+  </si>
+  <si>
+    <t>PD-104454</t>
+  </si>
+  <si>
+    <t>Paladone Marvel: Avengers Logo Light (PP12415MAV2)</t>
+  </si>
+  <si>
+    <t>PD-093711</t>
+  </si>
+  <si>
+    <t>Paladone: Harry Potter - Candle Light (with Wand Remote Control), PP9563HPV2</t>
+  </si>
+  <si>
+    <t>PD-08460</t>
+  </si>
+  <si>
+    <t>Paladone Disney: Stitch - Angel Light, PP13519LS</t>
+  </si>
+  <si>
+    <t>PD-096247</t>
+  </si>
+  <si>
+    <t>Paladone: Harry Potter - Hogwarts Pop-Up Advent Calendar, PP13876HP</t>
+  </si>
+  <si>
+    <t>PD-100002</t>
+  </si>
+  <si>
+    <t>Paladone: Marvel - Logo light, PP9519MC</t>
+  </si>
+  <si>
+    <t>PD-063056</t>
+  </si>
+  <si>
+    <t>Paladone: Minecraft - Baby Fox Light, PP9472MCFV2</t>
+  </si>
+  <si>
+    <t>PD-080462</t>
+  </si>
+  <si>
+    <t>Paladone: Star Wars The Mandalorian - Desktop Light, PP8548MAN</t>
+  </si>
+  <si>
+    <t>PD-070822</t>
+  </si>
+  <si>
+    <t>Paladone Disney: Star Wars - Stormtrooper Mask Light, PP13340SW</t>
+  </si>
+  <si>
+    <t>PD-096295</t>
+  </si>
+  <si>
+    <t>DIFUZED Marvel - Basic Backpack (Generic logo)</t>
+  </si>
+  <si>
+    <t>BW-BP053600MVL</t>
+  </si>
+  <si>
+    <t>Backpack DIFUZED Marvel - Warner - Batman Basic Plus</t>
+  </si>
+  <si>
+    <t>BW-BP426438BTM</t>
+  </si>
+  <si>
+    <t>Backpack DIFUZED Warner - The Batman (2022)</t>
+  </si>
+  <si>
+    <t>BW-BP785738BAT</t>
+  </si>
+  <si>
+    <t>Backpack DIFUZED Marvel - Spider-Man Basic Plus</t>
+  </si>
+  <si>
+    <t>BW-BP821614SPN</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED The Lord of the Rings - Sublimated Print Men's Zipper, 2XL</t>
+  </si>
+  <si>
+    <t>BW-HD125648LTR-2XL</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED The Lord of the Rings - Sublimated Print Men's Zipper, M</t>
+  </si>
+  <si>
+    <t>BW-HD125648LTR-M</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED The Lord of the Rings - Sublimated Print Men's Zipper, S</t>
+  </si>
+  <si>
+    <t>BW-HD125648LTR-S</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED GOT - House Of The Dragon - Men's Hero Item Zipper, XL</t>
+  </si>
+  <si>
+    <t>BW-HD201882GOT-XL</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED GOT - House Of The Dragon - Men's Hero Item Zipper, L</t>
+  </si>
+  <si>
+    <t>BW-HD201882GOT-L</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED The Lord of the Rings - Black Sauron - Men's Zipper, L</t>
+  </si>
+  <si>
+    <t>BW-HD304115LTR-L</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED Pac-man - 1980 - Men's Zipper, XL</t>
+  </si>
+  <si>
+    <t>BW-HD512578PAC-XL</t>
+  </si>
+  <si>
+    <t>Hoodie DIFUZED Pac-man - 1980 - Men's Zipper, M</t>
+  </si>
+  <si>
+    <t>BW-HD512578PAC-M</t>
+  </si>
+  <si>
+    <t>Paladone: Fortnite Wall Mountable LED Neon Light (PP14621FOVN)</t>
+  </si>
+  <si>
+    <t>PD-104530</t>
+  </si>
+  <si>
+    <t>Paladone: Harry Potter - Hedwig Light, PP9564HP</t>
+  </si>
+  <si>
+    <t>PD-080461</t>
+  </si>
+  <si>
+    <t>Paladone: Minecraft - Creeper Icon Alarm Clock, PP11369MCFV3</t>
+  </si>
+  <si>
+    <t>PD-093713</t>
+  </si>
+  <si>
+    <t>Paladone: Marvel - LED Neon Light, PP13125MC</t>
+  </si>
+  <si>
+    <t>PD-096264</t>
+  </si>
+  <si>
     <t>Paladone: Minecraft - Diamond Sword Light, PP12711MCF</t>
   </si>
   <si>
     <t>PD-093715</t>
-  </si>
-[...172 lines deleted...]
-    <t>PD-096264</t>
   </si>
   <si>
     <t>Paladone: Playstation - Wall Mountable LED Neon Light, PP13130PSVN</t>
   </si>
   <si>
     <t>PD-099999</t>
   </si>
   <si>
     <t>Paladone: Playstation - LED Neon Light, PP12716PS</t>
   </si>
   <si>
     <t>PD-096285</t>
   </si>
   <si>
     <t>Paladone: Minecraft - Creeper SquishyGlo Silicone Light Rechargeable, PP14710MCF</t>
   </si>
   <si>
     <t>PD-104473</t>
   </si>
   <si>
     <t>Paladone: Playstation Controller Icon Alarm Clock, PP13475PS</t>
   </si>
   <si>
     <t>PD-104910</t>
   </si>
@@ -1979,51 +1979,51 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>16.2</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>18.0</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>18.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>18.0</v>
@@ -2189,149 +2189,149 @@
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>19.8</v>
       </c>
       <c r="D36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>19.8</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>19.8</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>19.8</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>19.8</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>19.8</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>19.8</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
         <v>19.8</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>19.8</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>19.992</v>
       </c>
       <c r="D45" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>19.992</v>
@@ -2413,51 +2413,51 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>19.992</v>
       </c>
       <c r="D52" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>21.252</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>23.4</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>24.0</v>
@@ -2623,51 +2623,51 @@
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>24.0</v>
       </c>
       <c r="D67" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>24.0</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>24.0</v>
       </c>
       <c r="D69" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>24.0</v>
@@ -2707,65 +2707,65 @@
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>24.0</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>24.0</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>24.0</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>24.0</v>
       </c>
       <c r="D76" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>157</v>
       </c>
       <c r="B77" t="s">
         <v>158</v>
       </c>
       <c r="C77">
         <v>24.0</v>
@@ -2858,65 +2858,65 @@
         <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>171</v>
       </c>
       <c r="B84" t="s">
         <v>172</v>
       </c>
       <c r="C84">
         <v>24.996</v>
       </c>
       <c r="D84" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>173</v>
       </c>
       <c r="B85" t="s">
         <v>174</v>
       </c>
       <c r="C85">
-        <v>25.2</v>
+        <v>26.64</v>
       </c>
       <c r="D85" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>175</v>
       </c>
       <c r="B86" t="s">
         <v>176</v>
       </c>
       <c r="C86">
-        <v>26.64</v>
+        <v>28.056</v>
       </c>
       <c r="D86" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>177</v>
       </c>
       <c r="B87" t="s">
         <v>178</v>
       </c>
       <c r="C87">
         <v>28.056</v>
       </c>
       <c r="D87" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>179</v>
       </c>
       <c r="B88" t="s">
         <v>180</v>
@@ -3001,51 +3001,51 @@
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>191</v>
       </c>
       <c r="B94" t="s">
         <v>192</v>
       </c>
       <c r="C94">
         <v>28.992</v>
       </c>
       <c r="D94" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>193</v>
       </c>
       <c r="B95" t="s">
         <v>194</v>
       </c>
       <c r="C95">
         <v>28.992</v>
       </c>
       <c r="D95" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>195</v>
       </c>
       <c r="B96" t="s">
         <v>196</v>
       </c>
       <c r="C96">
         <v>28.992</v>
       </c>
       <c r="D96" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>197</v>
       </c>
       <c r="B97" t="s">
         <v>198</v>
       </c>
       <c r="C97">
         <v>28.992</v>
@@ -3239,51 +3239,51 @@
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>45</v>
       </c>
       <c r="B111" t="s">
         <v>46</v>
       </c>
       <c r="C111">
         <v>16.2</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>47</v>
       </c>
       <c r="B112" t="s">
         <v>48</v>
       </c>
       <c r="C112">
         <v>18.0</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>49</v>
       </c>
       <c r="B113" t="s">
         <v>50</v>
       </c>
       <c r="C113">
         <v>18.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>51</v>
       </c>
       <c r="B114" t="s">
         <v>52</v>
       </c>
       <c r="C114">
         <v>18.0</v>
@@ -3337,163 +3337,163 @@
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>75</v>
       </c>
       <c r="B118" t="s">
         <v>76</v>
       </c>
       <c r="C118">
         <v>19.8</v>
       </c>
       <c r="D118" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>77</v>
       </c>
       <c r="B119" t="s">
         <v>78</v>
       </c>
       <c r="C119">
         <v>19.8</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>79</v>
       </c>
       <c r="B120" t="s">
         <v>80</v>
       </c>
       <c r="C120">
         <v>19.8</v>
       </c>
       <c r="D120" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>81</v>
       </c>
       <c r="B121" t="s">
         <v>82</v>
       </c>
       <c r="C121">
         <v>19.8</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>83</v>
       </c>
       <c r="B122" t="s">
         <v>84</v>
       </c>
       <c r="C122">
         <v>19.8</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>85</v>
       </c>
       <c r="B123" t="s">
         <v>86</v>
       </c>
       <c r="C123">
         <v>19.8</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>87</v>
       </c>
       <c r="B124" t="s">
         <v>88</v>
       </c>
       <c r="C124">
         <v>19.8</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>89</v>
       </c>
       <c r="B125" t="s">
         <v>90</v>
       </c>
       <c r="C125">
         <v>19.8</v>
       </c>
       <c r="D125" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>91</v>
       </c>
       <c r="B126" t="s">
         <v>92</v>
       </c>
       <c r="C126">
         <v>19.8</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>109</v>
       </c>
       <c r="B127" t="s">
         <v>110</v>
       </c>
       <c r="C127">
         <v>21.252</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>111</v>
       </c>
       <c r="B128" t="s">
         <v>112</v>
       </c>
       <c r="C128">
         <v>23.4</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>145</v>
       </c>
       <c r="B129" t="s">
         <v>146</v>
       </c>
       <c r="C129">
         <v>24.0</v>
@@ -3519,65 +3519,65 @@
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>149</v>
       </c>
       <c r="B131" t="s">
         <v>150</v>
       </c>
       <c r="C131">
         <v>24.0</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>151</v>
       </c>
       <c r="B132" t="s">
         <v>152</v>
       </c>
       <c r="C132">
         <v>24.0</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>153</v>
       </c>
       <c r="B133" t="s">
         <v>154</v>
       </c>
       <c r="C133">
         <v>24.0</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>155</v>
       </c>
       <c r="B134" t="s">
         <v>156</v>
       </c>
       <c r="C134">
         <v>24.0</v>
       </c>
       <c r="D134" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>157</v>
       </c>
       <c r="B135" t="s">
         <v>158</v>
       </c>
       <c r="C135">
         <v>24.0</v>
@@ -3670,65 +3670,65 @@
         <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>171</v>
       </c>
       <c r="B142" t="s">
         <v>172</v>
       </c>
       <c r="C142">
         <v>24.996</v>
       </c>
       <c r="D142" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>173</v>
       </c>
       <c r="B143" t="s">
         <v>174</v>
       </c>
       <c r="C143">
-        <v>25.2</v>
+        <v>26.64</v>
       </c>
       <c r="D143" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>175</v>
       </c>
       <c r="B144" t="s">
         <v>176</v>
       </c>
       <c r="C144">
-        <v>26.64</v>
+        <v>28.056</v>
       </c>
       <c r="D144" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>177</v>
       </c>
       <c r="B145" t="s">
         <v>178</v>
       </c>
       <c r="C145">
         <v>28.056</v>
       </c>
       <c r="D145" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
         <v>207</v>
       </c>
       <c r="B146" t="s">
         <v>208</v>
@@ -3855,51 +3855,51 @@
     <row r="155" spans="1:4">
       <c r="A155" t="s">
         <v>225</v>
       </c>
       <c r="B155" t="s">
         <v>226</v>
       </c>
       <c r="C155">
         <v>29.748</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
         <v>227</v>
       </c>
       <c r="B156" t="s">
         <v>228</v>
       </c>
       <c r="C156">
         <v>29.748</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>229</v>
       </c>
       <c r="B157" t="s">
         <v>230</v>
       </c>
       <c r="C157">
         <v>29.748</v>
       </c>
       <c r="D157" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>231</v>
       </c>
       <c r="B158" t="s">
         <v>232</v>
       </c>
       <c r="C158">
         <v>30.0</v>
@@ -4023,275 +4023,275 @@
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>249</v>
       </c>
       <c r="B167" t="s">
         <v>250</v>
       </c>
       <c r="C167">
         <v>34.8</v>
       </c>
       <c r="D167" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>251</v>
       </c>
       <c r="B168" t="s">
         <v>252</v>
       </c>
       <c r="C168">
         <v>34.992</v>
       </c>
       <c r="D168" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>253</v>
       </c>
       <c r="B169" t="s">
         <v>254</v>
       </c>
       <c r="C169">
         <v>34.992</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>255</v>
       </c>
       <c r="B170" t="s">
         <v>256</v>
       </c>
       <c r="C170">
         <v>34.992</v>
       </c>
       <c r="D170" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>257</v>
       </c>
       <c r="B171" t="s">
         <v>258</v>
       </c>
       <c r="C171">
         <v>34.992</v>
       </c>
       <c r="D171" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>259</v>
       </c>
       <c r="B172" t="s">
         <v>260</v>
       </c>
       <c r="C172">
         <v>34.992</v>
       </c>
       <c r="D172" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
         <v>261</v>
       </c>
       <c r="B173" t="s">
         <v>262</v>
       </c>
       <c r="C173">
         <v>34.992</v>
       </c>
       <c r="D173" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>263</v>
       </c>
       <c r="B174" t="s">
         <v>264</v>
       </c>
       <c r="C174">
         <v>34.992</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>265</v>
       </c>
       <c r="B175" t="s">
         <v>266</v>
       </c>
       <c r="C175">
         <v>34.992</v>
       </c>
       <c r="D175" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>267</v>
       </c>
       <c r="B176" t="s">
         <v>268</v>
       </c>
       <c r="C176">
         <v>34.992</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>269</v>
       </c>
       <c r="B177" t="s">
         <v>270</v>
       </c>
       <c r="C177">
         <v>34.992</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>271</v>
       </c>
       <c r="B178" t="s">
         <v>272</v>
       </c>
       <c r="C178">
         <v>34.992</v>
       </c>
       <c r="D178" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
         <v>273</v>
       </c>
       <c r="B179" t="s">
         <v>274</v>
       </c>
       <c r="C179">
         <v>34.992</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
         <v>275</v>
       </c>
       <c r="B180" t="s">
         <v>276</v>
       </c>
       <c r="C180">
         <v>34.992</v>
       </c>
       <c r="D180" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>277</v>
       </c>
       <c r="B181" t="s">
         <v>278</v>
       </c>
       <c r="C181">
-        <v>34.992</v>
+        <v>35.7</v>
       </c>
       <c r="D181" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>279</v>
       </c>
       <c r="B182" t="s">
         <v>280</v>
       </c>
       <c r="C182">
-        <v>35.7</v>
+        <v>38.4</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>281</v>
       </c>
       <c r="B183" t="s">
         <v>282</v>
       </c>
       <c r="C183">
-        <v>38.4</v>
+        <v>39.0</v>
       </c>
       <c r="D183" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>283</v>
       </c>
       <c r="B184" t="s">
         <v>284</v>
       </c>
       <c r="C184">
         <v>39.0</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>285</v>
       </c>
       <c r="B185" t="s">
         <v>286</v>
       </c>
       <c r="C185">
         <v>39.0</v>
       </c>
       <c r="D185" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>287</v>
       </c>
       <c r="B186" t="s">
         <v>288</v>
       </c>
       <c r="C186">
         <v>39.0</v>
@@ -4303,51 +4303,51 @@
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>289</v>
       </c>
       <c r="B187" t="s">
         <v>290</v>
       </c>
       <c r="C187">
         <v>39.0</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>291</v>
       </c>
       <c r="B188" t="s">
         <v>292</v>
       </c>
       <c r="C188">
         <v>39.0</v>
       </c>
       <c r="D188" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>293</v>
       </c>
       <c r="B189" t="s">
         <v>294</v>
       </c>
       <c r="C189">
         <v>39.0</v>
       </c>
       <c r="D189" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>295</v>
       </c>
       <c r="B190" t="s">
         <v>296</v>
       </c>
       <c r="C190">
         <v>39.0</v>
@@ -4387,191 +4387,191 @@
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>301</v>
       </c>
       <c r="B193" t="s">
         <v>302</v>
       </c>
       <c r="C193">
         <v>39.0</v>
       </c>
       <c r="D193" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>303</v>
       </c>
       <c r="B194" t="s">
         <v>304</v>
       </c>
       <c r="C194">
         <v>39.0</v>
       </c>
       <c r="D194" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>305</v>
       </c>
       <c r="B195" t="s">
         <v>306</v>
       </c>
       <c r="C195">
         <v>39.0</v>
       </c>
       <c r="D195" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>307</v>
       </c>
       <c r="B196" t="s">
         <v>308</v>
       </c>
       <c r="C196">
         <v>39.0</v>
       </c>
       <c r="D196" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>309</v>
       </c>
       <c r="B197" t="s">
         <v>310</v>
       </c>
       <c r="C197">
         <v>39.0</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>311</v>
       </c>
       <c r="B198" t="s">
         <v>312</v>
       </c>
       <c r="C198">
-        <v>39.0</v>
+        <v>41.652</v>
       </c>
       <c r="D198" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>313</v>
       </c>
       <c r="B199" t="s">
         <v>314</v>
       </c>
       <c r="C199">
-        <v>41.652</v>
+        <v>41.832</v>
       </c>
       <c r="D199" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>315</v>
       </c>
       <c r="B200" t="s">
         <v>316</v>
       </c>
       <c r="C200">
-        <v>41.832</v>
+        <v>42.0</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>317</v>
       </c>
       <c r="B201" t="s">
         <v>318</v>
       </c>
       <c r="C201">
-        <v>42.0</v>
+        <v>48.084</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>4</v>
       </c>
       <c r="B202" t="s">
         <v>5</v>
       </c>
       <c r="C202">
         <v>8.4</v>
       </c>
       <c r="D202" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>12</v>
       </c>
       <c r="B203" t="s">
         <v>13</v>
       </c>
       <c r="C203">
         <v>14.976</v>
       </c>
       <c r="D203" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>47</v>
       </c>
       <c r="B204" t="s">
         <v>48</v>
       </c>
       <c r="C204">
         <v>18.0</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>49</v>
       </c>
       <c r="B205" t="s">
         <v>50</v>
       </c>
       <c r="C205">
         <v>18.0</v>
       </c>
       <c r="D205" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>51</v>
       </c>
       <c r="B206" t="s">
         <v>52</v>
       </c>
       <c r="C206">
         <v>18.0</v>
@@ -4597,163 +4597,163 @@
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>75</v>
       </c>
       <c r="B208" t="s">
         <v>76</v>
       </c>
       <c r="C208">
         <v>19.8</v>
       </c>
       <c r="D208" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
         <v>77</v>
       </c>
       <c r="B209" t="s">
         <v>78</v>
       </c>
       <c r="C209">
         <v>19.8</v>
       </c>
       <c r="D209" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
         <v>79</v>
       </c>
       <c r="B210" t="s">
         <v>80</v>
       </c>
       <c r="C210">
         <v>19.8</v>
       </c>
       <c r="D210" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
         <v>81</v>
       </c>
       <c r="B211" t="s">
         <v>82</v>
       </c>
       <c r="C211">
         <v>19.8</v>
       </c>
       <c r="D211" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
         <v>83</v>
       </c>
       <c r="B212" t="s">
         <v>84</v>
       </c>
       <c r="C212">
         <v>19.8</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
         <v>85</v>
       </c>
       <c r="B213" t="s">
         <v>86</v>
       </c>
       <c r="C213">
         <v>19.8</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
         <v>87</v>
       </c>
       <c r="B214" t="s">
         <v>88</v>
       </c>
       <c r="C214">
         <v>19.8</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
         <v>89</v>
       </c>
       <c r="B215" t="s">
         <v>90</v>
       </c>
       <c r="C215">
         <v>19.8</v>
       </c>
       <c r="D215" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
         <v>91</v>
       </c>
       <c r="B216" t="s">
         <v>92</v>
       </c>
       <c r="C216">
         <v>19.8</v>
       </c>
       <c r="D216" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
         <v>109</v>
       </c>
       <c r="B217" t="s">
         <v>110</v>
       </c>
       <c r="C217">
         <v>21.252</v>
       </c>
       <c r="D217" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
         <v>111</v>
       </c>
       <c r="B218" t="s">
         <v>112</v>
       </c>
       <c r="C218">
         <v>23.4</v>
       </c>
       <c r="D218" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
         <v>159</v>
       </c>
       <c r="B219" t="s">
         <v>160</v>
       </c>
       <c r="C219">
         <v>24.0</v>
@@ -4826,57 +4826,57 @@
         <v>170</v>
       </c>
       <c r="C224">
         <v>24.996</v>
       </c>
       <c r="D224" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
         <v>171</v>
       </c>
       <c r="B225" t="s">
         <v>172</v>
       </c>
       <c r="C225">
         <v>24.996</v>
       </c>
       <c r="D225" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B226" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C226">
-        <v>25.2</v>
+        <v>28.056</v>
       </c>
       <c r="D226" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
         <v>177</v>
       </c>
       <c r="B227" t="s">
         <v>178</v>
       </c>
       <c r="C227">
         <v>28.056</v>
       </c>
       <c r="D227" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
         <v>215</v>
       </c>
       <c r="B228" t="s">
         <v>216</v>
@@ -4933,51 +4933,51 @@
     <row r="232" spans="1:4">
       <c r="A232" t="s">
         <v>225</v>
       </c>
       <c r="B232" t="s">
         <v>226</v>
       </c>
       <c r="C232">
         <v>29.748</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
         <v>227</v>
       </c>
       <c r="B233" t="s">
         <v>228</v>
       </c>
       <c r="C233">
         <v>29.748</v>
       </c>
       <c r="D233" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
         <v>229</v>
       </c>
       <c r="B234" t="s">
         <v>230</v>
       </c>
       <c r="C234">
         <v>29.748</v>
       </c>
       <c r="D234" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
         <v>231</v>
       </c>
       <c r="B235" t="s">
         <v>232</v>
       </c>
       <c r="C235">
         <v>30.0</v>
@@ -5078,886 +5078,886 @@
         <v>248</v>
       </c>
       <c r="C242">
         <v>34.8</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
         <v>249</v>
       </c>
       <c r="B243" t="s">
         <v>250</v>
       </c>
       <c r="C243">
         <v>34.8</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B244" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C244">
         <v>34.992</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B245" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C245">
         <v>34.992</v>
       </c>
       <c r="D245" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B246" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C246">
         <v>34.992</v>
       </c>
       <c r="D246" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B247" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C247">
         <v>34.992</v>
       </c>
       <c r="D247" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B248" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C248">
         <v>34.992</v>
       </c>
       <c r="D248" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B249" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C249">
         <v>34.992</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B250" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C250">
         <v>34.992</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B251" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C251">
         <v>34.992</v>
       </c>
       <c r="D251" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B252" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C252">
         <v>34.992</v>
       </c>
       <c r="D252" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B253" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C253">
         <v>34.992</v>
       </c>
       <c r="D253" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B254" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C254">
         <v>34.992</v>
       </c>
       <c r="D254" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B255" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C255">
         <v>34.992</v>
       </c>
       <c r="D255" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B256" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C256">
         <v>34.992</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B257" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C257">
         <v>35.7</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="B258" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C258">
         <v>38.4</v>
       </c>
       <c r="D258" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B259" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C259">
         <v>39.0</v>
       </c>
       <c r="D259" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B260" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C260">
         <v>39.0</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B261" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C261">
         <v>39.0</v>
       </c>
       <c r="D261" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B262" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C262">
         <v>39.0</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B263" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C263">
         <v>39.0</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="B264" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="C264">
         <v>41.832</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B265" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C265">
         <v>42.0</v>
       </c>
       <c r="D265" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="B266" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C266">
-        <v>48.996</v>
+        <v>48.084</v>
       </c>
       <c r="D266" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="B267" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="C267">
         <v>48.996</v>
       </c>
       <c r="D267" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="B268" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="C268">
         <v>48.996</v>
       </c>
       <c r="D268" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="B269" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C269">
         <v>48.996</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B270" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C270">
         <v>48.996</v>
       </c>
       <c r="D270" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="B271" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C271">
         <v>48.996</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="B272" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C272">
         <v>48.996</v>
       </c>
       <c r="D272" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="B273" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C273">
         <v>48.996</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="B274" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C274">
         <v>48.996</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B275" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C275">
-        <v>50.148</v>
+        <v>48.996</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B276" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C276">
-        <v>58.656</v>
+        <v>50.148</v>
       </c>
       <c r="D276" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B277" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C277">
         <v>58.656</v>
       </c>
       <c r="D277" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B278" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="C278">
         <v>58.656</v>
       </c>
       <c r="D278" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B279" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C279">
         <v>58.656</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B280" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C280">
         <v>58.656</v>
       </c>
       <c r="D280" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B281" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="C281">
         <v>58.656</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="B282" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C282">
         <v>58.656</v>
       </c>
       <c r="D282" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B283" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C283">
         <v>58.8</v>
       </c>
       <c r="D283" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="B284" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C284">
         <v>58.992</v>
       </c>
       <c r="D284" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="B285" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="C285">
         <v>58.992</v>
       </c>
       <c r="D285" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="B286" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="C286">
         <v>58.992</v>
       </c>
       <c r="D286" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="B287" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C287">
         <v>58.992</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B288" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C288">
         <v>58.992</v>
       </c>
       <c r="D288" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B289" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C289">
         <v>58.992</v>
       </c>
       <c r="D289" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B290" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C290">
         <v>58.992</v>
       </c>
       <c r="D290" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="B291" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C291">
         <v>58.992</v>
       </c>
       <c r="D291" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="B292" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="C292">
         <v>59.004</v>
       </c>
       <c r="D292" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B293" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C293">
         <v>59.004</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="B294" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="C294">
         <v>59.004</v>
       </c>
       <c r="D294" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="B295" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C295">
         <v>59.004</v>
       </c>
       <c r="D295" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="B296" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C296">
         <v>59.004</v>
       </c>
       <c r="D296" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B297" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C297">
         <v>59.004</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B298" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C298">
         <v>59.004</v>
       </c>
       <c r="D298" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="B299" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C299">
         <v>59.004</v>
       </c>
       <c r="D299" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B300" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C300">
         <v>59.004</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B301" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C301">
         <v>59.004</v>
       </c>
       <c r="D301" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>12</v>
       </c>
       <c r="B302" t="s">
         <v>13</v>
       </c>
       <c r="C302">
         <v>14.976</v>
       </c>
       <c r="D302" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
         <v>47</v>
       </c>
       <c r="B303" t="s">
         <v>48</v>
       </c>
       <c r="C303">
         <v>18.0</v>
       </c>
       <c r="D303" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
         <v>49</v>
       </c>
       <c r="B304" t="s">
         <v>50</v>
       </c>
       <c r="C304">
         <v>18.0</v>
       </c>
       <c r="D304" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
         <v>51</v>
       </c>
       <c r="B305" t="s">
         <v>52</v>
       </c>
       <c r="C305">
         <v>18.0</v>
@@ -5969,163 +5969,163 @@
     <row r="306" spans="1:4">
       <c r="A306" t="s">
         <v>53</v>
       </c>
       <c r="B306" t="s">
         <v>54</v>
       </c>
       <c r="C306">
         <v>18.0</v>
       </c>
       <c r="D306" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
         <v>77</v>
       </c>
       <c r="B307" t="s">
         <v>78</v>
       </c>
       <c r="C307">
         <v>19.8</v>
       </c>
       <c r="D307" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
         <v>79</v>
       </c>
       <c r="B308" t="s">
         <v>80</v>
       </c>
       <c r="C308">
         <v>19.8</v>
       </c>
       <c r="D308" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
         <v>81</v>
       </c>
       <c r="B309" t="s">
         <v>82</v>
       </c>
       <c r="C309">
         <v>19.8</v>
       </c>
       <c r="D309" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
         <v>83</v>
       </c>
       <c r="B310" t="s">
         <v>84</v>
       </c>
       <c r="C310">
         <v>19.8</v>
       </c>
       <c r="D310" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
         <v>85</v>
       </c>
       <c r="B311" t="s">
         <v>86</v>
       </c>
       <c r="C311">
         <v>19.8</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
         <v>87</v>
       </c>
       <c r="B312" t="s">
         <v>88</v>
       </c>
       <c r="C312">
         <v>19.8</v>
       </c>
       <c r="D312" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
         <v>89</v>
       </c>
       <c r="B313" t="s">
         <v>90</v>
       </c>
       <c r="C313">
         <v>19.8</v>
       </c>
       <c r="D313" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
         <v>91</v>
       </c>
       <c r="B314" t="s">
         <v>92</v>
       </c>
       <c r="C314">
         <v>19.8</v>
       </c>
       <c r="D314" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
         <v>109</v>
       </c>
       <c r="B315" t="s">
         <v>110</v>
       </c>
       <c r="C315">
         <v>21.252</v>
       </c>
       <c r="D315" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
         <v>163</v>
       </c>
       <c r="B316" t="s">
         <v>164</v>
       </c>
       <c r="C316">
         <v>24.996</v>
       </c>
       <c r="D316" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
         <v>165</v>
       </c>
       <c r="B317" t="s">
         <v>166</v>
       </c>
       <c r="C317">
         <v>24.996</v>
@@ -6207,51 +6207,51 @@
     <row r="323" spans="1:4">
       <c r="A323" t="s">
         <v>225</v>
       </c>
       <c r="B323" t="s">
         <v>226</v>
       </c>
       <c r="C323">
         <v>29.748</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
         <v>227</v>
       </c>
       <c r="B324" t="s">
         <v>228</v>
       </c>
       <c r="C324">
         <v>29.748</v>
       </c>
       <c r="D324" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
         <v>229</v>
       </c>
       <c r="B325" t="s">
         <v>230</v>
       </c>
       <c r="C325">
         <v>29.748</v>
       </c>
       <c r="D325" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
         <v>231</v>
       </c>
       <c r="B326" t="s">
         <v>232</v>
       </c>
       <c r="C326">
         <v>30.0</v>
@@ -6352,194 +6352,194 @@
         <v>248</v>
       </c>
       <c r="C333">
         <v>34.8</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
         <v>249</v>
       </c>
       <c r="B334" t="s">
         <v>250</v>
       </c>
       <c r="C334">
         <v>34.8</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B335" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="C335">
         <v>34.992</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B336" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C336">
         <v>34.992</v>
       </c>
       <c r="D336" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="B337" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="C337">
         <v>34.992</v>
       </c>
       <c r="D337" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B338" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="C338">
         <v>34.992</v>
       </c>
       <c r="D338" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B339" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="C339">
         <v>34.992</v>
       </c>
       <c r="D339" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B340" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C340">
         <v>34.992</v>
       </c>
       <c r="D340" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B341" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C341">
         <v>34.992</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B342" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C342">
         <v>35.7</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B343" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C343">
         <v>39.0</v>
       </c>
       <c r="D343" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B344" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C344">
         <v>39.0</v>
       </c>
       <c r="D344" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B345" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C345">
         <v>39.0</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
         <v>327</v>
       </c>
       <c r="B346" t="s">
         <v>328</v>
       </c>
       <c r="C346">
         <v>48.996</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
         <v>329</v>
@@ -6641,303 +6641,303 @@
     <row r="354" spans="1:4">
       <c r="A354" t="s">
         <v>343</v>
       </c>
       <c r="B354" t="s">
         <v>344</v>
       </c>
       <c r="C354">
         <v>58.656</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
         <v>345</v>
       </c>
       <c r="B355" t="s">
         <v>346</v>
       </c>
       <c r="C355">
         <v>58.656</v>
       </c>
       <c r="D355" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
         <v>347</v>
       </c>
       <c r="B356" t="s">
         <v>348</v>
       </c>
       <c r="C356">
         <v>58.656</v>
       </c>
       <c r="D356" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
         <v>349</v>
       </c>
       <c r="B357" t="s">
         <v>350</v>
       </c>
       <c r="C357">
         <v>58.656</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
         <v>351</v>
       </c>
       <c r="B358" t="s">
         <v>352</v>
       </c>
       <c r="C358">
         <v>58.656</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
         <v>353</v>
       </c>
       <c r="B359" t="s">
         <v>354</v>
       </c>
       <c r="C359">
-        <v>58.656</v>
+        <v>58.8</v>
       </c>
       <c r="D359" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B360" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C360">
-        <v>58.8</v>
+        <v>58.992</v>
       </c>
       <c r="D360" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
         <v>359</v>
       </c>
       <c r="B361" t="s">
         <v>360</v>
       </c>
       <c r="C361">
         <v>58.992</v>
       </c>
       <c r="D361" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>362</v>
       </c>
       <c r="C362">
         <v>58.992</v>
       </c>
       <c r="D362" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
         <v>363</v>
       </c>
       <c r="B363" t="s">
         <v>364</v>
       </c>
       <c r="C363">
         <v>58.992</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
         <v>365</v>
       </c>
       <c r="B364" t="s">
         <v>366</v>
       </c>
       <c r="C364">
         <v>58.992</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
         <v>367</v>
       </c>
       <c r="B365" t="s">
         <v>368</v>
       </c>
       <c r="C365">
         <v>58.992</v>
       </c>
       <c r="D365" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
         <v>369</v>
       </c>
       <c r="B366" t="s">
         <v>370</v>
       </c>
       <c r="C366">
         <v>58.992</v>
       </c>
       <c r="D366" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
-        <v>371</v>
+        <v>391</v>
       </c>
       <c r="B367" t="s">
-        <v>372</v>
+        <v>392</v>
       </c>
       <c r="C367">
-        <v>58.992</v>
+        <v>59.004</v>
       </c>
       <c r="D367" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
         <v>393</v>
       </c>
       <c r="B368" t="s">
         <v>394</v>
       </c>
       <c r="C368">
         <v>59.004</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
         <v>395</v>
       </c>
       <c r="B369" t="s">
         <v>396</v>
       </c>
       <c r="C369">
-        <v>59.004</v>
+        <v>68.4</v>
       </c>
       <c r="D369" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
         <v>397</v>
       </c>
       <c r="B370" t="s">
         <v>398</v>
       </c>
       <c r="C370">
-        <v>68.4</v>
+        <v>69.0</v>
       </c>
       <c r="D370" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
         <v>399</v>
       </c>
       <c r="B371" t="s">
         <v>400</v>
       </c>
       <c r="C371">
         <v>69.0</v>
       </c>
       <c r="D371" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
         <v>401</v>
       </c>
       <c r="B372" t="s">
         <v>402</v>
       </c>
       <c r="C372">
         <v>69.0</v>
       </c>
       <c r="D372" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
         <v>403</v>
       </c>
       <c r="B373" t="s">
         <v>404</v>
       </c>
       <c r="C373">
         <v>69.0</v>
       </c>
       <c r="D373" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
         <v>405</v>
       </c>
       <c r="B374" t="s">
         <v>406</v>
       </c>
       <c r="C374">
         <v>69.0</v>
       </c>
       <c r="D374" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
         <v>407</v>
       </c>
       <c r="B375" t="s">
         <v>408</v>
       </c>
       <c r="C375">
         <v>69.0</v>
@@ -6949,51 +6949,51 @@
     <row r="376" spans="1:4">
       <c r="A376" t="s">
         <v>409</v>
       </c>
       <c r="B376" t="s">
         <v>410</v>
       </c>
       <c r="C376">
         <v>69.0</v>
       </c>
       <c r="D376" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
         <v>411</v>
       </c>
       <c r="B377" t="s">
         <v>412</v>
       </c>
       <c r="C377">
         <v>69.0</v>
       </c>
       <c r="D377" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
         <v>413</v>
       </c>
       <c r="B378" t="s">
         <v>414</v>
       </c>
       <c r="C378">
         <v>69.0</v>
       </c>
       <c r="D378" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
         <v>415</v>
       </c>
       <c r="B379" t="s">
         <v>416</v>
       </c>
       <c r="C379">
         <v>88.992</v>