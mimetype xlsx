--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -14,98 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$7</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Basic" Indoor Aerial for DAB+, DAB, DVB-T2, FM, Passive,</t>
   </si>
   <si>
     <t>HAMA-221081</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Delock LTE Antenna SMA -0.8 - 3.0 dBi Omnidirectional With Flexible Joint Black</t>
   </si>
   <si>
     <t>DELOCK-88571</t>
   </si>
   <si>
     <t>Delock WLAN 802.11 ac/a/b/g/n Antenna RP-SMA plug 2 dBi omnidirectional with tilt joint black</t>
   </si>
   <si>
     <t>DELOCK-88395</t>
   </si>
   <si>
     <t>Hama "Classic" Indoor Aerial, DAB+, DAB, DVB-T2, FM, Active, 221082</t>
   </si>
   <si>
     <t>HAMA-221082</t>
   </si>
   <si>
     <t>Hama "Radio" Indoor Aerial for DAB+, DAB, FM, Active, Amplifier 30 dB</t>
   </si>
   <si>
     <t>HAMA-221085</t>
-  </si>
-[...1 lines deleted...]
-    <t>available</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -504,51 +501,51 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>35.988</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>49.368</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>