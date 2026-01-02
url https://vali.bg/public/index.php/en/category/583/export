--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -112,77 +112,77 @@
   <si>
     <t>Kolink extension cable for 5V ARGB Accessories</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-215</t>
   </si>
   <si>
     <t>M.2 Heatsink EZDIY-FAB for NVMe SSD - Black</t>
   </si>
   <si>
     <t>EZ-EZDPI075-8</t>
   </si>
   <si>
     <t>M.2 Heatsink EZDIY-FAB for NVMe SSD - Red</t>
   </si>
   <si>
     <t>EZ-EZDPI075-10</t>
   </si>
   <si>
     <t>Cable Kolink 4-Pin to 3-Pin 5V ARGB</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1554</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Cable Kolink ARGB 1-2 Splitter - 30 cm White</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1627</t>
   </si>
   <si>
     <t>Kolink 4-Pin PWM Extension - 60cm, White</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1635</t>
   </si>
   <si>
     <t>Kolink 4-Pin PWM Extension - 30cm, White</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1634</t>
   </si>
   <si>
     <t>Kolink 1-2 PWM Fan Splitter Cable - 35cm, braided, White</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1631</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Kolink 1-3 PWM Fan Splitter Cable - 35cm, braided, White</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1632</t>
   </si>
   <si>
     <t>Kolink Y-cable for 2x 3-pin ARGB Accessories</t>
   </si>
   <si>
     <t>KOLINK-AC-MOLS-217</t>
   </si>
   <si>
     <t>Kolink Y-cable for 4x 4-pin PWM fan</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1172</t>
   </si>
   <si>
     <t>Cable Kolink ARGB 1-4 Splitter - 30 cm</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUAD-1474</t>
   </si>
   <si>
     <t>Cable Kolink ARGB 1-3 Splitter - 30 cm White</t>
@@ -307,129 +307,129 @@
   <si>
     <t>Rain Design i360 for iMac 20-23"</t>
   </si>
   <si>
     <t>RD-10006</t>
   </si>
   <si>
     <t>der8auer RYZEN 3000 OC AIO Mounting Frame</t>
   </si>
   <si>
     <t>TG-FSD8-033</t>
   </si>
   <si>
     <t>Inter-Tech IPC 26" TELESCOPIC RAILS</t>
   </si>
   <si>
     <t>INTER-TECH-88887129</t>
   </si>
   <si>
     <t>Rain Design mBase for 27" iMac, Silver</t>
   </si>
   <si>
     <t>RD-10044</t>
   </si>
   <si>
+    <t>call</t>
+  </si>
+  <si>
     <t>Inter-Tech IPC 18" TELESCOPIC RAILS</t>
   </si>
   <si>
     <t>INTER-TECH-88887195</t>
   </si>
   <si>
+    <t>Hama LED Strips, RGBW, WLAN Light Strip, Dimmable, 176633</t>
+  </si>
+  <si>
+    <t>HAMA-176633</t>
+  </si>
+  <si>
     <t>TP LINK TAPO-L920-5 LED strip, WiFi, 5m., 13.5W, RGB</t>
   </si>
   <si>
     <t>TP-TL-CAM-TAPO-L920-5</t>
   </si>
   <si>
     <t>POS Stand Compact Hannspree Compact, 10- 21.5", VESA: 75 x 75-100 x 100</t>
   </si>
   <si>
     <t>HSG-STAND-POS-BLACK</t>
   </si>
   <si>
     <t>POS Stand Compact Hannspree Compact, 10- 21.5", VESA: 75 x 75-100 x 100, White</t>
   </si>
   <si>
     <t>HSG-STAND-POS-WHITE</t>
   </si>
   <si>
     <t>Inter-Tech IPC 19" TELESCOPIC RAILS</t>
   </si>
   <si>
     <t>INTER-TECH-88887204</t>
   </si>
   <si>
+    <t>Hama Neon LED Strips, RGB, Outdoor WLAN Light Strip, IP44, 176634</t>
+  </si>
+  <si>
+    <t>HAMA-176634</t>
+  </si>
+  <si>
     <t>FIFINE BM63 Super Steady Full Metal Heavy Boom Arm Stand</t>
   </si>
   <si>
     <t>FIFINE-BM63</t>
   </si>
   <si>
-    <t>Hama LED Strips, RGBW, WLAN Light Strip, Dimmable, 176633</t>
-[...4 lines deleted...]
-  <si>
     <t>Inter-Tech IPC 2U TELESCOPIC SLIDES 650MM</t>
   </si>
   <si>
     <t>INTER-TECH-88887211</t>
   </si>
   <si>
-    <t>Hama Neon LED Strips, RGB, Outdoor WLAN Light Strip, IP44, 176634</t>
-[...4 lines deleted...]
-  <si>
     <t>ENDORFY Studio Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A005</t>
   </si>
   <si>
     <t>FIFINE BM88 White Steady Full Metal High End Boom Arm Stand</t>
   </si>
   <si>
     <t>FIFINE-BM88W</t>
   </si>
   <si>
     <t>Elgato Light Strip RGBWW, White</t>
   </si>
   <si>
     <t>ELGATO-10LAA9901</t>
   </si>
   <si>
     <t>ATEN US234, 2 x 4 USB 3.2 Gen1 Peripheral Sharing Switch</t>
   </si>
   <si>
     <t>ATEN-US234-USB</t>
-  </si>
-[...1 lines deleted...]
-    <t>on route</t>
   </si>
   <si>
     <t>ENDORFY Broadcast Low Profile Boom Arm</t>
   </si>
   <si>
     <t>END-MIC-EY0A009</t>
   </si>
   <si>
     <t>FIFINE BM88 Steady Full Metal High End Boom Arm Stand</t>
   </si>
   <si>
     <t>FIFINE-BM88</t>
   </si>
   <si>
     <t>Thermal Grizzly WireView GPU Pro Normal - 1x12VHPWR</t>
   </si>
   <si>
     <t>TG-WV-P-H1N</t>
   </si>
   <si>
     <t>Thermal Grizzly WireView GPU Pro Reverse - 1x12VHPWR</t>
   </si>
   <si>
     <t>TG-WV-P-H1R</t>
   </si>
@@ -1042,121 +1042,121 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>9.9</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>10.008</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>10.008</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>10.008</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>10.008</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>10.008</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>10.008</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>11.4</v>
       </c>
       <c r="D20" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>12.0</v>
@@ -1322,51 +1322,51 @@
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>17.7</v>
       </c>
       <c r="D33" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>18.0</v>
       </c>
       <c r="D34" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
         <v>19.044</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>71</v>
       </c>
       <c r="B36" t="s">
         <v>74</v>
       </c>
       <c r="C36">
         <v>19.044</v>
@@ -1462,373 +1462,373 @@
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>87</v>
       </c>
       <c r="B43" t="s">
         <v>88</v>
       </c>
       <c r="C43">
         <v>39.0</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>89</v>
       </c>
       <c r="B44" t="s">
         <v>90</v>
       </c>
       <c r="C44">
         <v>48.0</v>
       </c>
       <c r="D44" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>91</v>
       </c>
       <c r="B45" t="s">
         <v>92</v>
       </c>
       <c r="C45">
         <v>57.6</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>93</v>
       </c>
       <c r="B46" t="s">
         <v>94</v>
       </c>
       <c r="C46">
         <v>61.884</v>
       </c>
       <c r="D46" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>95</v>
       </c>
       <c r="B47" t="s">
         <v>96</v>
       </c>
       <c r="C47">
         <v>62.4</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B48" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C48">
         <v>63.228</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B49" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C49">
         <v>66.0</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C50">
-        <v>70.8</v>
+        <v>66.0</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B51" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C51">
         <v>70.8</v>
       </c>
       <c r="D51" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B52" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C52">
-        <v>71.244</v>
+        <v>70.8</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B53" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C53">
-        <v>75.0</v>
+        <v>71.244</v>
       </c>
       <c r="D53" t="s">
-        <v>40</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B54" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C54">
-        <v>78.996</v>
+        <v>73.848</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C55">
-        <v>80.472</v>
+        <v>75.0</v>
       </c>
       <c r="D55" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B56" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C56">
-        <v>104.796</v>
+        <v>80.472</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B57" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C57">
         <v>108.996</v>
       </c>
       <c r="D57" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B58" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C58">
         <v>108.996</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B59" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C59">
         <v>110.4</v>
       </c>
       <c r="D59" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B60" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C60">
-        <v>112.032</v>
+        <v>110.616</v>
       </c>
       <c r="D60" t="s">
-        <v>123</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>124</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61">
         <v>129.0</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62">
         <v>129.0</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>128</v>
       </c>
       <c r="B63" t="s">
         <v>129</v>
       </c>
       <c r="C63">
         <v>138.996</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>130</v>
       </c>
       <c r="B64" t="s">
         <v>131</v>
       </c>
       <c r="C64">
         <v>138.996</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>132</v>
       </c>
       <c r="B65" t="s">
         <v>133</v>
       </c>
       <c r="C65">
         <v>168.996</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>134</v>
       </c>
       <c r="B66" t="s">
         <v>135</v>
       </c>
       <c r="C66">
-        <v>182.148</v>
+        <v>181.512</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>136</v>
       </c>
       <c r="B67" t="s">
         <v>137</v>
       </c>
       <c r="C67">
         <v>198.996</v>
       </c>
       <c r="D67" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>138</v>
       </c>
       <c r="B68" t="s">
         <v>139</v>
       </c>
       <c r="C68">
         <v>199.008</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>141</v>
       </c>
       <c r="C69">
         <v>268.992</v>
@@ -1854,121 +1854,121 @@
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
         <v>145</v>
       </c>
       <c r="C71">
         <v>318.996</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>146</v>
       </c>
       <c r="B72" t="s">
         <v>147</v>
       </c>
       <c r="C72">
         <v>328.992</v>
       </c>
       <c r="D72" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>148</v>
       </c>
       <c r="B73" t="s">
         <v>149</v>
       </c>
       <c r="C73">
         <v>399.0</v>
       </c>
       <c r="D73" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>150</v>
       </c>
       <c r="B74" t="s">
         <v>151</v>
       </c>
       <c r="C74">
         <v>399.0</v>
       </c>
       <c r="D74" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>152</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75">
         <v>418.8</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>154</v>
       </c>
       <c r="B76" t="s">
         <v>155</v>
       </c>
       <c r="C76">
         <v>549.0</v>
       </c>
       <c r="D76" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
         <v>598.992</v>
       </c>
       <c r="D77" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D78"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>