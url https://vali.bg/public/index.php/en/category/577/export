--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -827,51 +827,51 @@
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>75.564</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>78.0</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>78.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>81.84</v>
@@ -1149,51 +1149,51 @@
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
         <v>190.8</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
         <v>192.048</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
         <v>193.608</v>
       </c>
       <c r="D34" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
         <v>193.608</v>
@@ -1275,93 +1275,93 @@
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
         <v>246.432</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
         <v>259.428</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>90</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43">
         <v>262.824</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>92</v>
       </c>
       <c r="B44" t="s">
         <v>93</v>
       </c>
       <c r="C44">
         <v>264.024</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>94</v>
       </c>
       <c r="B45" t="s">
         <v>95</v>
       </c>
       <c r="C45">
         <v>270.0</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>72</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>298.5</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>312.0</v>