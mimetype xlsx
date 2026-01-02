--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -14,194 +14,197 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$23</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t xml:space="preserve">DVD-R Camcorder mini 8 sm/ cleaning disc MAXELL /for camcorders mini DVD/ blister 1 pcs in PVC case </t>
   </si>
   <si>
     <t>ML-DDVD-R-8SM-LENSCLEANER</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>CD-R80 MAXELL, 700MB, 52x, 10 pk</t>
   </si>
   <si>
     <t>ML-DC-CDR80-10</t>
   </si>
   <si>
     <t>DVD+R MAXELL, 4,7 GB, 16x, 25pk cake box</t>
   </si>
   <si>
     <t>ML-DDVD-plusR4.7-25PK</t>
   </si>
   <si>
     <t>CD-RW80 MAXELL, 700MB, 52x, 10pk</t>
   </si>
   <si>
     <t>ML-DC-CDRW-10-CAKE</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>CD-R80 MAXELL, 700MB, 52x, 25 pk</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-25</t>
+  </si>
+  <si>
+    <t>CD-R Music XL-II MAXELL, 700MB, 80 min, 25 px</t>
+  </si>
+  <si>
+    <t>ML-DC-CDRMUS-25</t>
+  </si>
+  <si>
+    <t>CD-R80 MAXELL, 700MB, 52x, 50pk</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-50</t>
+  </si>
+  <si>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, 50 pk</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R4.7-50-SH</t>
+  </si>
+  <si>
+    <t>DVD+R MAXELL, 4,7 GB, 16x, 50 pk</t>
+  </si>
+  <si>
+    <t>ML-DDVD-plusR4.7-50-SH</t>
+  </si>
+  <si>
+    <t>CD-R80 MAXELL cake box wrapped, 700MB, 52x, 50pk</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-50-CAKE</t>
+  </si>
+  <si>
+    <t>CD-R80 MAXELL, 700 MB, 52x, Printable, 50 px</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-50PRINT</t>
+  </si>
+  <si>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, Printable, 50 pk shrink wrapped</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R-50PR-SHR</t>
+  </si>
+  <si>
+    <t>CD-R80 50 pk PRINTABLE MAXELL 52 speed cake box</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-50PRINT-CAKE</t>
+  </si>
+  <si>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, Printable, 50 pk cake box</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R-50PR</t>
+  </si>
+  <si>
+    <t>CD-R80 MAXELL, 700MB, 52x, 100 px</t>
+  </si>
+  <si>
+    <t>ML-DC-CDR80-100SHR</t>
+  </si>
+  <si>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, 100 pk</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R4.7-100PK</t>
+  </si>
+  <si>
+    <t>DVD-R MAXELL, 4,7 GB, 16x, 100 pk  CAKE BOX</t>
+  </si>
+  <si>
+    <t>ML-DDVD-R4.7-100PK-CAKE</t>
+  </si>
+  <si>
+    <t>BD-R MAXELL, Single layer, Blu-Ray, 25 GB, 4x, Printable, 25 px.</t>
+  </si>
+  <si>
+    <t>ML-DB-BDR25-25PRINT</t>
+  </si>
+  <si>
+    <t>DVD+R MAXELL, 4,7 GB, 16x, 100 pk</t>
+  </si>
+  <si>
+    <t>ML-DDVD-plusR4.7-100SH</t>
+  </si>
+  <si>
+    <t>DVD+R MAXELL, 4,7 GB, 16x, 100 pk CAKE BOX</t>
+  </si>
+  <si>
+    <t>ML-DDVD-plusR4.7-100SH-C</t>
+  </si>
+  <si>
+    <t>HPE LTO-7 Ultrium 15 TB RW Data Cartridge</t>
+  </si>
+  <si>
+    <t>HP-LTO-C7977A</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...100 lines deleted...]
-    <t>HP-LTO-C7977A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -824,51 +827,51 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" t="s">
         <v>45</v>
       </c>
       <c r="C21">
         <v>39.6</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>160.8</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D23"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>