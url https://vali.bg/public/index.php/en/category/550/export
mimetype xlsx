--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,297 +7,285 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$41</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$39</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>PC Desktop  VALI OFFICE INTEL CORE I5-12500, 16GB DDR5, 512GB M.2, 500W, DVD-RW</t>
   </si>
   <si>
     <t>VALI-PC-I5-16GB-DVD</t>
   </si>
   <si>
     <t>ask for price</t>
   </si>
   <si>
     <t>Desktop PC Gigabyte Brix  Intel Celeron N5105 up to 2.8 GHz, 1 x SO-DIMM DDR4, m.2 SSD</t>
   </si>
   <si>
     <t>GA-PC-BMCE-5105</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Desktop PC Gigabyte Brix  Intel Pentium N6005 up to 2.8 GHz, 1 x SO-DIMM DDR4, m.2 SSD</t>
   </si>
   <si>
     <t>GA-PC-BMPD-6005</t>
   </si>
   <si>
     <t>Desktop PC Gigabyte BNIP-N100, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
   </si>
   <si>
     <t>GA-PC-BNIP-N100</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>ASUS Mini PC CHROMEBOX5-SC002UN, Intel Celeron 7305, 4GB DDR4 RAM, 128GB NVMe SSD, Wi-Fi 6E, Bluetooth 5.2, ChromeOS</t>
   </si>
   <si>
     <t>ASUS-PC-CHROME-SC002UN</t>
   </si>
   <si>
+    <t>Desktop PC Gigabyte BNi3-N305, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
+  </si>
+  <si>
+    <t>GA-PC-BNIP-N305</t>
+  </si>
+  <si>
+    <t>Desktop PC Gigabyte Gigabyte Brix BRi5H, Intel Core i5-1335U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
+  </si>
+  <si>
+    <t>GA-PC-BRi5H-1335</t>
+  </si>
+  <si>
     <t>not available</t>
   </si>
   <si>
-    <t>Desktop PC Gigabyte BNi3-N305, 1 x SO-DIMM DDR4, 2x M.2 SSD, WI-FI 6E + BT 5.2</t>
-[...19 lines deleted...]
-  <si>
     <t>Under Desk PC Arctic Senza Ryzen 5 5500GT, 16GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
   </si>
   <si>
     <t>ARCTIC-PC-SENZA-5500GT</t>
   </si>
   <si>
     <t>All-in-One Acer Aspire C24-B DQ.BMJEX.006 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C24-B-i3-512</t>
   </si>
   <si>
     <t>ASUS Mini PC ASUS NUC 12 Pro Wall Street Canyon Intel® Core™ i7-1260P, 2xDDR4-3200 SO-DIMM Sockets, M.2 Slot</t>
   </si>
   <si>
     <t>ASUS-PC-RNUC12WSKI70000</t>
   </si>
   <si>
+    <t>PC Desktop VALI OFFICE BASIC</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-BASIC</t>
+  </si>
+  <si>
+    <t>All-in-One Acer Aspire C24-A BQ.BNXEX.001 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
+  </si>
+  <si>
+    <t>ACER-PC-C24-A-i3-512</t>
+  </si>
+  <si>
     <t>PC Desktop VALI OFFICE PRO PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PRO-P</t>
   </si>
   <si>
-    <t>All-in-One Acer Aspire C24-A BQ.BNXEX.001 - 23.8" inch IPS FHD(1920x1080) Intel Core i3-1305U, 16GB DDR4, 512GB SSD, Linux</t>
-[...10 lines deleted...]
-  <si>
     <t>Mini Desktop PC Gigabyte BRIX BRU5-225H, Intel Core Ultra 5 225H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
   </si>
   <si>
     <t>GA-PC-BRU5-225H</t>
   </si>
   <si>
+    <t>PC Desktop VALI OFFICE PREMIUM</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-PREMIUM</t>
+  </si>
+  <si>
     <t>Desktop PC Gigabyte Gigabyte Brix BRi7H, Intel Core i7-1355U, 2 x SO-DIMM DDR4 slot, M.2 2280 slot</t>
   </si>
   <si>
     <t>GA-PC-BRi7H-1355</t>
   </si>
   <si>
-    <t>Dell Pro Micro QCM1250 Intel Core I3 14100T, 512GB SSD, 8 GB DDR5 4800 MT/s, Win 11 Pro</t>
-[...10 lines deleted...]
-  <si>
     <t>All-in-One Acer Aspire C24-B DQ.BRREX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C24-B-i5-1TB</t>
   </si>
   <si>
     <t>Under Desk PC Arctic Senza Ryzen 7 5700G, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Home</t>
   </si>
   <si>
     <t>ARCTIC-PC-SENZA-5700G</t>
   </si>
   <si>
     <t>All-in-One Acer Aspire C24-A BQ.BRNEX.002 - 23.8" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C24-A-i5-1TB</t>
   </si>
   <si>
     <t>Mini Desktop PC Gigabyte BRIX BRU7-255H, Intel Core Ultra 7 255H, 2 x SO-DIMM DDR5, 2 x M.2 SSD, Wi-Fi 7 + BT 5.4</t>
   </si>
   <si>
     <t>GA-PC-BRU7-255H</t>
   </si>
   <si>
     <t>All-in-One Acer Aspire C27-B DQ.BRSEX.002 - 27" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, FreeDOS</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i5-1TB</t>
   </si>
   <si>
     <t>Under Desk PC Arctic Senza Ryzen 7 5700G Pro, 32GB DDR4, 1TB NVMe, WiFi 6E, Windows 11 Pro</t>
   </si>
   <si>
     <t>ARCTIC-PC-SENZA-5700G-PRO</t>
   </si>
   <si>
     <t>All-in-One Acer Aspire C27-A DQ.BRPEX.002 - 27" inch IPS FHD(1920x1080) Intel Core 5 120U, 16GB DDR4, 1TB SSD, FreeDOS</t>
   </si>
   <si>
     <t>ACER-PC-C27-A-i5-1TB</t>
   </si>
   <si>
+    <t>PC Desktop VALI OFFICE PREMIUM PLUS i7</t>
+  </si>
+  <si>
+    <t>VALI-PC-OFFICE-I7-12700</t>
+  </si>
+  <si>
+    <t>PC Desktop VALI OFFICE GT</t>
+  </si>
+  <si>
+    <t>VALI-OFFICE-GT</t>
+  </si>
+  <si>
     <t>PC Desktop VALI OFFICE PREMIUM PLUS</t>
   </si>
   <si>
     <t>VALI-PC-OFFICE-PREMIUM-P</t>
   </si>
   <si>
-    <t>PC Desktop VALI OFFICE PREMIUM PLUS i7</t>
-[...11 lines deleted...]
-    <t>All-in-One Acer Aspire C27-B DQ.BMREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD, Linux</t>
+    <t>All-in-One Acer Aspire C27-B DQ.BMREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD</t>
   </si>
   <si>
     <t>ACER-PC-C27-B-i7-1TB</t>
   </si>
   <si>
     <t>All-in-One Acer Aspire C27-A DQ.BNREX.002 - 27" inch IPS FHD(1920x1080) Intel Core i7-1355U, 16GB DDR4, 1TB SSD, Linux</t>
   </si>
   <si>
     <t>ACER-PC-C27-A-i7-1TB</t>
   </si>
   <si>
+    <t>TRIUMPH BOARD, I5 - 1235U, 16 GB, 512 GB SSD, Wi-Fi, Win 11 Pro</t>
+  </si>
+  <si>
+    <t>TRIUMPH-OPS-PC-I5-16-512</t>
+  </si>
+  <si>
+    <t>OPS computer for embedding to interactive displays RICOH A6510, A7510, A8610</t>
+  </si>
+  <si>
+    <t>RICOH-OPS-OPS-i5</t>
+  </si>
+  <si>
     <t>PC Desktop  VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060</t>
   </si>
   <si>
-    <t>TRIUMPH BOARD, I5 - 1235U, 16 GB, 512 GB SSD, Wi-Fi, Win 11 Pro</t>
-[...8 lines deleted...]
-    <t>RICOH-OPS-OPS-i5</t>
+    <t>OPS computer for embedding to interactive displays RICOH A6500, A7500, A8600</t>
+  </si>
+  <si>
+    <t>RICOH-OPS-OPS-i7</t>
+  </si>
+  <si>
+    <t>PC Desktop VALI GAMING AMD RYZEN 5 7500F RX9060XT</t>
+  </si>
+  <si>
+    <t>VALI-PC-R5-RX9060XT</t>
   </si>
   <si>
     <t>PC Desktop  VALI GAMING AMD RYZEN 5 7500F RТX5060</t>
   </si>
   <si>
     <t>VALI-PC-R5-RTX5060</t>
-  </si>
-[...10 lines deleted...]
-    <t>VALI-PC-R5-RX9060XT</t>
   </si>
   <si>
     <t>PC Desktop  VALI GAMING INTEL CORE I5 14400F GEFORCE RTX5060TI</t>
   </si>
   <si>
     <t>VALI-PC-I5-RTX5060TI</t>
   </si>
   <si>
     <t>VALI-PC-VR-AMD</t>
   </si>
   <si>
     <t>PC Desktop  VALI GAMING AMD RYZEN 7 9700X GEFORCE RTX5070</t>
   </si>
   <si>
     <t>VALI-PC-R7-RTX5070</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -616,624 +604,596 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D41"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>0.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>353.268</v>
+        <v>352.02</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
-        <v>439.188</v>
+        <v>437.64</v>
       </c>
       <c r="D4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
-        <v>453.9</v>
+        <v>452.304</v>
       </c>
       <c r="D5" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>685.032</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
-        <v>688.5</v>
+        <v>686.076</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
         <v>20</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>965.58</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>969.984</v>
+        <v>1020.0</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10">
-        <v>1020.0</v>
+        <v>1030.8</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11">
-        <v>1030.8</v>
+        <v>1042.8</v>
       </c>
       <c r="D11" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12">
-        <v>1042.8</v>
+        <v>1043.304</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
-        <v>1043.712</v>
+        <v>1059.0</v>
       </c>
       <c r="D13" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
-        <v>1059.0</v>
+        <v>1076.484</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
-        <v>1088.928</v>
+        <v>1092.636</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
-        <v>1096.5</v>
+        <v>1167.324</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17">
-        <v>1180.656</v>
+        <v>1176.48</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18">
-        <v>1198.992</v>
+        <v>1236.0</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19">
-        <v>1212.948</v>
+        <v>1299.0</v>
       </c>
       <c r="D19" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20">
-        <v>1236.0</v>
+        <v>1299.0</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>46</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21">
-        <v>1299.0</v>
+        <v>1308.612</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22">
-        <v>1299.0</v>
+        <v>1359.0</v>
       </c>
       <c r="D22" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23">
-        <v>1313.256</v>
+        <v>1398.996</v>
       </c>
       <c r="D23" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24">
-        <v>1359.0</v>
+        <v>1398.996</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>54</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25">
-        <v>1398.996</v>
+        <v>1417.332</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26">
-        <v>1398.996</v>
+        <v>1472.568</v>
       </c>
       <c r="D26" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27">
-        <v>1404.672</v>
+        <v>1472.808</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>60</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28">
-        <v>1452.588</v>
+        <v>1558.992</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29">
-        <v>1476.06</v>
+        <v>1599.0</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>64</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30">
-        <v>1558.992</v>
+        <v>2068.992</v>
       </c>
       <c r="D30" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31">
-        <v>1599.0</v>
+        <v>2098.992</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32">
-        <v>2068.02</v>
+        <v>2142.024</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33">
-        <v>2068.992</v>
+        <v>2540.004</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>73</v>
       </c>
       <c r="C34">
-        <v>2098.992</v>
+        <v>2856.372</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>75</v>
       </c>
       <c r="C35">
-        <v>2410.068</v>
+        <v>2897.676</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>76</v>
       </c>
       <c r="B36" t="s">
         <v>77</v>
       </c>
       <c r="C36">
-        <v>2540.004</v>
+        <v>3362.88</v>
       </c>
       <c r="D36" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
-      <c r="A37" t="s">
+      <c r="A37"/>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>2625.552</v>
+        <v>3735.888</v>
       </c>
       <c r="D37" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>3020.376</v>
+        <v>3994.2</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="39" spans="1:4">
-[...24 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D41"/>
+  <autoFilter ref="A1:D39"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>