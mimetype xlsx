--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$88</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$86</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Gamepad ESTILLO 703  Dual Vibration, USB, Black</t>
   </si>
   <si>
     <t>EST-USB703</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Wired Gamepad Spartan Gear Oplon, for PC and PS3, Black</t>
   </si>
   <si>
@@ -493,102 +493,90 @@
   <si>
     <t>Wired Gamepad ThrustMaster ESWAP X PRO Controller, Black</t>
   </si>
   <si>
     <t>THRUST-GP-ESWAP-XPRO</t>
   </si>
   <si>
     <t>PS5 Controller Revolution 5 Pro Black</t>
   </si>
   <si>
     <t>NC-PS5RP5UK</t>
   </si>
   <si>
     <t>PS5 Controller Revolution 5 Pro White</t>
   </si>
   <si>
     <t>NC-PS5RP5WUK</t>
   </si>
   <si>
     <t>PC Controller ASUS ROG Raikiri Pro</t>
   </si>
   <si>
     <t>ASUS-GP-ROG-RAIKIRI-PRO</t>
   </si>
   <si>
-    <t>Joystick Set Thrustmaster - T-FLIGHT FULL KIT for PC and Xbox</t>
-[...4 lines deleted...]
-  <si>
     <t>Thrustmaster Joystick F-16C Viper</t>
   </si>
   <si>
     <t>THRUST-JS-V16C-VIPER</t>
   </si>
   <si>
     <t>Гейминг контролер NACON Deija Arcade Stick</t>
   </si>
   <si>
     <t>NC-PS5OFARCADESTICK</t>
   </si>
   <si>
     <t>Sony PS5 DualSense Edge Wireless Controller</t>
   </si>
   <si>
     <t>SONY-PS5-DS-BK-EDGE</t>
   </si>
   <si>
     <t>Playstation Portal Remote Player</t>
   </si>
   <si>
     <t>SONY-PS5-PORTAL</t>
   </si>
   <si>
     <t>PlayStation Portal за PS5 - Midnight Black</t>
   </si>
   <si>
     <t>SONY-PS5-PORTAL-BLACK</t>
   </si>
   <si>
     <t>Control panel Thrustmaster Viper Panel for PC</t>
   </si>
   <si>
     <t>THRUST-RW-VIPER</t>
   </si>
   <si>
     <t>Joystick Thrustmaster HOTAS Warthog, Dual Throttles for PC, Black</t>
   </si>
   <si>
     <t>THRUST-JS-HOTAS-DT</t>
-  </si>
-[...4 lines deleted...]
-    <t>THRUST-JS-HOTAS-FS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -892,51 +880,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D88"/>
+  <dimension ref="A1:D86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1197,51 +1185,51 @@
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
         <v>54.0</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>43</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
         <v>54.924</v>
       </c>
       <c r="D21" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>45</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22">
         <v>55.536</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>47</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23">
         <v>58.992</v>
@@ -1295,51 +1283,51 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>56</v>
       </c>
       <c r="C27">
         <v>69.0</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>58</v>
       </c>
       <c r="C28">
         <v>75.0</v>
       </c>
       <c r="D28" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>59</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29">
         <v>75.0</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>62</v>
       </c>
       <c r="C30">
         <v>78.0</v>
@@ -1589,51 +1577,51 @@
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>97</v>
       </c>
       <c r="B48" t="s">
         <v>98</v>
       </c>
       <c r="C48">
         <v>103.2</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>99</v>
       </c>
       <c r="B49" t="s">
         <v>100</v>
       </c>
       <c r="C49">
         <v>118.8</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>101</v>
       </c>
       <c r="B50" t="s">
         <v>102</v>
       </c>
       <c r="C50">
         <v>127.968</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>103</v>
       </c>
       <c r="B51" t="s">
         <v>104</v>
       </c>
       <c r="C51">
         <v>129.0</v>
@@ -1645,51 +1633,51 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>105</v>
       </c>
       <c r="B52" t="s">
         <v>106</v>
       </c>
       <c r="C52">
         <v>129.0</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>107</v>
       </c>
       <c r="B53" t="s">
         <v>108</v>
       </c>
       <c r="C53">
         <v>129.0</v>
       </c>
       <c r="D53" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>109</v>
       </c>
       <c r="B54" t="s">
         <v>110</v>
       </c>
       <c r="C54">
         <v>129.0</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>111</v>
       </c>
       <c r="B55" t="s">
         <v>112</v>
       </c>
       <c r="C55">
         <v>129.0</v>
@@ -1715,135 +1703,135 @@
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>115</v>
       </c>
       <c r="B57" t="s">
         <v>116</v>
       </c>
       <c r="C57">
         <v>130.8</v>
       </c>
       <c r="D57" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>117</v>
       </c>
       <c r="B58" t="s">
         <v>118</v>
       </c>
       <c r="C58">
         <v>138.996</v>
       </c>
       <c r="D58" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>119</v>
       </c>
       <c r="B59" t="s">
         <v>120</v>
       </c>
       <c r="C59">
         <v>148.992</v>
       </c>
       <c r="D59" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>121</v>
       </c>
       <c r="B60" t="s">
         <v>122</v>
       </c>
       <c r="C60">
         <v>148.992</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>123</v>
       </c>
       <c r="B61" t="s">
         <v>124</v>
       </c>
       <c r="C61">
         <v>148.992</v>
       </c>
       <c r="D61" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>125</v>
       </c>
       <c r="B62" t="s">
         <v>126</v>
       </c>
       <c r="C62">
         <v>159.0</v>
       </c>
       <c r="D62" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>127</v>
       </c>
       <c r="B63" t="s">
         <v>128</v>
       </c>
       <c r="C63">
         <v>159.0</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>129</v>
       </c>
       <c r="B64" t="s">
         <v>130</v>
       </c>
       <c r="C64">
         <v>159.0</v>
       </c>
       <c r="D64" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>131</v>
       </c>
       <c r="B65" t="s">
         <v>132</v>
       </c>
       <c r="C65">
         <v>159.0</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>133</v>
       </c>
       <c r="B66" t="s">
         <v>134</v>
       </c>
       <c r="C66">
         <v>159.0</v>
@@ -1855,93 +1843,93 @@
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>135</v>
       </c>
       <c r="B67" t="s">
         <v>136</v>
       </c>
       <c r="C67">
         <v>159.0</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>137</v>
       </c>
       <c r="B68" t="s">
         <v>138</v>
       </c>
       <c r="C68">
         <v>168.996</v>
       </c>
       <c r="D68" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>139</v>
       </c>
       <c r="B69" t="s">
         <v>140</v>
       </c>
       <c r="C69">
         <v>168.996</v>
       </c>
       <c r="D69" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>141</v>
       </c>
       <c r="B70" t="s">
         <v>142</v>
       </c>
       <c r="C70">
         <v>168.996</v>
       </c>
       <c r="D70" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>143</v>
       </c>
       <c r="B71" t="s">
         <v>144</v>
       </c>
       <c r="C71">
         <v>168.996</v>
       </c>
       <c r="D71" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>145</v>
       </c>
       <c r="B72" t="s">
         <v>146</v>
       </c>
       <c r="C72">
         <v>187.2</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>147</v>
       </c>
       <c r="B73" t="s">
         <v>148</v>
       </c>
       <c r="C73">
         <v>219.0</v>
@@ -2006,170 +1994,142 @@
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>157</v>
       </c>
       <c r="B78" t="s">
         <v>158</v>
       </c>
       <c r="C78">
         <v>318.996</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>159</v>
       </c>
       <c r="B79" t="s">
         <v>160</v>
       </c>
       <c r="C79">
-        <v>414.132</v>
+        <v>415.104</v>
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>161</v>
       </c>
       <c r="B80" t="s">
         <v>162</v>
       </c>
       <c r="C80">
-        <v>415.104</v>
+        <v>438.0</v>
       </c>
       <c r="D80" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>163</v>
       </c>
       <c r="B81" t="s">
         <v>164</v>
       </c>
       <c r="C81">
-        <v>438.0</v>
+        <v>438.996</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>165</v>
       </c>
       <c r="B82" t="s">
         <v>166</v>
       </c>
       <c r="C82">
-        <v>438.996</v>
+        <v>468.996</v>
       </c>
       <c r="D82" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>167</v>
       </c>
       <c r="B83" t="s">
         <v>168</v>
       </c>
       <c r="C83">
         <v>468.996</v>
       </c>
       <c r="D83" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>169</v>
       </c>
       <c r="B84" t="s">
         <v>170</v>
       </c>
       <c r="C84">
-        <v>468.996</v>
+        <v>483.948</v>
       </c>
       <c r="D84" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>171</v>
       </c>
       <c r="B85" t="s">
         <v>172</v>
       </c>
       <c r="C85">
-        <v>483.948</v>
+        <v>523.68</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="86" spans="1:4">
-[...26 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D88"/>
+  <autoFilter ref="A1:D86"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>