--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -584,93 +584,93 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>5.4</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>5.772</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>6.108</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>6.876</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>7.404</v>
       </c>
       <c r="D7" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>8.016</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>8.652</v>
@@ -724,51 +724,51 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>14.688</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>29</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>14.688</v>
       </c>
       <c r="D14" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15">
         <v>14.688</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>14.688</v>