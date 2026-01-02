--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -160,297 +160,297 @@
   <si>
     <t>Distribution Panel HAMA, 6-Way, 30394</t>
   </si>
   <si>
     <t>HAMA-30394</t>
   </si>
   <si>
     <t>Distribution Panel, HAMA, 5 sockets, 1.4 m, 47842</t>
   </si>
   <si>
     <t>HAMA-47842</t>
   </si>
   <si>
     <t>Distribution Panel, HAMA, 3 sockets, 108841</t>
   </si>
   <si>
     <t>HAMA-108841</t>
   </si>
   <si>
     <t>Distribution Panel, HAMA 30535,3 sockets, with switch, child-proof, 3 m, white</t>
   </si>
   <si>
     <t>HAMA-30535</t>
   </si>
   <si>
+    <t>Hama 3-Way Power Strip, 108842</t>
+  </si>
+  <si>
+    <t>HAMA-108842</t>
+  </si>
+  <si>
     <t>Hama Power Strip, 6-Way, 90° Rotated, Switch, Wall Mounting, 2 m, white</t>
   </si>
   <si>
     <t>HAMA-223131</t>
   </si>
   <si>
-    <t>Hama 3-Way Power Strip, 108842</t>
-[...4 lines deleted...]
-  <si>
     <t>Power Strip HAMA 108835 ,3-Way, 108835</t>
   </si>
   <si>
     <t>HAMA-108835</t>
   </si>
   <si>
     <t>Power Strip HAMA, 3-Way, with switch, 5 m, 108815</t>
   </si>
   <si>
     <t>HAMA-108815</t>
   </si>
   <si>
+    <t>Power Strip, 3-Way, 1.4 m, HAMA-223151</t>
+  </si>
+  <si>
+    <t>HAMA-223151</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 3-Way, Switch, Wall Mounting, 1.5 m, alu</t>
+  </si>
+  <si>
+    <t>HAMA-223101</t>
+  </si>
+  <si>
+    <t>Hama 6-Socket Multiple Socket Outlet, 137266</t>
+  </si>
+  <si>
+    <t>HAMA-137266</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 10-Way, Switch, 223041</t>
+  </si>
+  <si>
+    <t>HAMA-223041</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 3-Way, 1.4м, 223081</t>
+  </si>
+  <si>
+    <t>HAMA-223081</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, Overvoltage Protection, Switch, 1.4 m, white, 223152</t>
+  </si>
+  <si>
+    <t>HAMA-223152</t>
+  </si>
+  <si>
+    <t>Hama "Powerplug" Earthed Extension Cable, Additional Socket, 3.0 m, white</t>
+  </si>
+  <si>
+    <t>HAMA-133801</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, Overvoltage Protection, Switch, 1.4 m, black, 223153</t>
+  </si>
+  <si>
+    <t>HAMA-223153</t>
+  </si>
+  <si>
+    <t>Power Strip HAMA, 6-way, 5m, 108833</t>
+  </si>
+  <si>
+    <t>HAMA-108833</t>
+  </si>
+  <si>
+    <t>Power Strip, 5-Way, HAMA-223054</t>
+  </si>
+  <si>
+    <t>HAMA-223054</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, Switch, Wall Mounting, 3 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223038</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 4-Way, 90°, Individually Switchable, Wall Mounting, 1.4 m, blk.</t>
+  </si>
+  <si>
+    <t>HAMA-223122</t>
+  </si>
+  <si>
+    <t>Hama "Pro-S 30S" Power Strip, 3-Way, 133803</t>
+  </si>
+  <si>
+    <t>HAMA-133803</t>
+  </si>
+  <si>
+    <t>Hama "Outdoor" Extension Cable, IP44 for Outdoors, Protective Cover, 5 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223251</t>
+  </si>
+  <si>
+    <t>Hama Socket Cube, 3-Way, 2х USB-C/A, 223195</t>
+  </si>
+  <si>
+    <t>HAMA-223195</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, Switch, Wall Mounting, 223103</t>
+  </si>
+  <si>
+    <t>HAMA-223103</t>
+  </si>
+  <si>
+    <t>Power Strip Hama, 5-Way, 2 x USB-A 17 W, 1.4 m, 223184</t>
+  </si>
+  <si>
+    <t>HAMA-223184</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 5-Way, USB-A 12 W, 223190</t>
+  </si>
+  <si>
+    <t>HAMA-223190</t>
+  </si>
+  <si>
     <t>Hama Power Strip, 6-Way, 90° Rotated, Switch, Wall Mounting, 2 m, black</t>
   </si>
   <si>
     <t>HAMA-223132</t>
   </si>
   <si>
-    <t>Power Strip, 3-Way, 1.4 m, HAMA-223151</t>
-[...38 lines deleted...]
-    <t>HAMA-133801</t>
+    <t>4-Way Multi-Adapter for Socket, 20W, HAMA-223342</t>
+  </si>
+  <si>
+    <t>HAMA-223342</t>
+  </si>
+  <si>
+    <t>Power Strip, 6-Way, Overvoltage Protection, HAMA-223156</t>
+  </si>
+  <si>
+    <t>HAMA-223156</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 5-Way, w. 17 W 2-Way, 223191</t>
+  </si>
+  <si>
+    <t>HAMA-223191</t>
+  </si>
+  <si>
+    <t>Power Strip, 3-Way, USB-A 17 W, HAMA-223181</t>
+  </si>
+  <si>
+    <t>HAMA-223181</t>
+  </si>
+  <si>
+    <t>Power Strip, 6-Way, 1.4m, individually switchable, 223159</t>
+  </si>
+  <si>
+    <t>HAMA-223159</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, Switch, Wall Mounting, 3m, alu</t>
+  </si>
+  <si>
+    <t>HAMA-223104</t>
+  </si>
+  <si>
+    <t>Power Strip, 6-Way, Overvoltage Protection, HAMA-223155</t>
+  </si>
+  <si>
+    <t>HAMA-223155</t>
+  </si>
+  <si>
+    <t>Power Strip, 8-Way,Wall Mounting, 1.5 m, HAMA-223105</t>
+  </si>
+  <si>
+    <t>HAMA-223105</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, Overvoltage Protection, 360°, Switch, 1.4 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223161</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, Overvoltage Protection, Individually Switchable, 1.4 m, 223158</t>
+  </si>
+  <si>
+    <t>HAMA-223158</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 5-Way, USB-A 17 W, Switch, 223183</t>
+  </si>
+  <si>
+    <t>HAMA-223183</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 8-Way, 1.5 m, 223162</t>
+  </si>
+  <si>
+    <t>HAMA-223162</t>
+  </si>
+  <si>
+    <t>Radio-Controlled Power Outlet Set with Remote Control HAMA 223581, 3500W</t>
+  </si>
+  <si>
+    <t>HAMA-223581</t>
+  </si>
+  <si>
+    <t>Power Strip, 3-Way, USB-C/A 18 W, PD/QC, HAMA-223185</t>
+  </si>
+  <si>
+    <t>HAMA-223185</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 6-Way, 90°, Indiv. Switchable, 1.4 m, 223160</t>
+  </si>
+  <si>
+    <t>HAMA-223160</t>
+  </si>
+  <si>
+    <t>Hama Power Strip, 5-Way, 2x USB, 223186</t>
+  </si>
+  <si>
+    <t>HAMA-223186</t>
+  </si>
+  <si>
+    <t>Hama "Outdoor" Extension Cable, IP44 for Outdoors, Protective Cover, 10 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-223252</t>
+  </si>
+  <si>
+    <t>Power Strip, 10-Way, HAMA-223163</t>
+  </si>
+  <si>
+    <t>HAMA-223163</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...172 lines deleted...]
-    <t>HAMA-223163</t>
   </si>
   <si>
     <t>Hama Power Strip, 10-Way, 2m, 223164</t>
   </si>
   <si>
     <t>HAMA-223164</t>
   </si>
   <si>
     <t>WLAN Socket Strip, 4-way, HAMA-176574</t>
   </si>
   <si>
     <t>HAMA-176574</t>
   </si>
   <si>
     <t>Hama Power Strip, 2-Way, 1.4 m, 223188</t>
   </si>
   <si>
     <t>HAMA-223188</t>
   </si>
   <si>
     <t>Hama Power Strip, 4-Way, USB-C/A 65 W, PD, Switch, 1.4 m, black/grey</t>
   </si>
   <si>
     <t>HAMA-223194</t>
   </si>
@@ -1108,670 +1108,670 @@
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>46</v>
       </c>
       <c r="B22" t="s">
         <v>47</v>
       </c>
       <c r="C22">
         <v>17.52</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
-        <v>20.436</v>
+        <v>22.776</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>22.776</v>
+        <v>24.048</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
         <v>24.06</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
         <v>24.912</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
-        <v>25.524</v>
+        <v>25.932</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>25.932</v>
+        <v>26.364</v>
       </c>
       <c r="D28" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>26.364</v>
+        <v>26.4</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>26.4</v>
+        <v>26.58</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>26.58</v>
+        <v>26.952</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
-        <v>26.952</v>
+        <v>27.0</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
-        <v>27.0</v>
+        <v>27.12</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>27.12</v>
+        <v>27.252</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
         <v>73</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>27.252</v>
+        <v>27.684</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
         <v>75</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>27.684</v>
+        <v>28.8</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>76</v>
+      </c>
+      <c r="B37" t="s">
         <v>77</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>28.8</v>
+        <v>28.92</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>78</v>
+      </c>
+      <c r="B38" t="s">
         <v>79</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>28.92</v>
+        <v>29.1</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>80</v>
+      </c>
+      <c r="B39" t="s">
         <v>81</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>29.1</v>
+        <v>29.256</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>82</v>
+      </c>
+      <c r="B40" t="s">
         <v>83</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>29.256</v>
+        <v>29.7</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>84</v>
+      </c>
+      <c r="B41" t="s">
         <v>85</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>29.7</v>
+        <v>29.748</v>
       </c>
       <c r="D41" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>86</v>
+      </c>
+      <c r="B42" t="s">
         <v>87</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>29.748</v>
+        <v>29.796</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>88</v>
+      </c>
+      <c r="B43" t="s">
         <v>89</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>29.796</v>
+        <v>30.0</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C44">
         <v>30.0</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
         <v>93</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>30.0</v>
+        <v>30.024</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="C46">
         <v>30.876</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>96</v>
+      </c>
+      <c r="B47" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C47">
         <v>31.02</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>98</v>
+      </c>
+      <c r="B48" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="C48">
         <v>31.536</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>100</v>
+      </c>
+      <c r="B49" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="C49">
         <v>32.088</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>102</v>
+      </c>
+      <c r="B50" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="C50">
         <v>32.7</v>
       </c>
       <c r="D50" t="s">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="C51">
         <v>32.712</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="C52">
         <v>32.976</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>108</v>
+      </c>
+      <c r="B53" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C53">
         <v>34.176</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="C54">
         <v>35.58</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="C55">
         <v>36.072</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>114</v>
+      </c>
+      <c r="B56" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="C56">
         <v>36.432</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>116</v>
+      </c>
+      <c r="B57" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C57">
         <v>37.284</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B58" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="C58">
         <v>38.184</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>120</v>
+      </c>
+      <c r="B59" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="C59">
         <v>38.4</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="C60">
         <v>38.7</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>124</v>
+      </c>
+      <c r="B61" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="C61">
         <v>40.8</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>126</v>
+      </c>
+      <c r="B62" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="C62">
         <v>44.616</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>128</v>
+      </c>
+      <c r="B63" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C63">
         <v>48.252</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>48.3</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
         <v>78.996</v>
       </c>
       <c r="D65" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>135</v>
       </c>
       <c r="B66" t="s">
         <v>136</v>
       </c>
       <c r="C66">
         <v>90.132</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>90.336</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D68"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>