--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -97,84 +97,84 @@
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>"Strap" Tablet Case for Tablets 9,5 - 11", HAMA-216431</t>
   </si>
   <si>
     <t>HAMA-216431</t>
   </si>
   <si>
     <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Black</t>
   </si>
   <si>
     <t>HAMA-216429</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Hama "Strap" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), blue</t>
   </si>
   <si>
     <t>HAMA-216430</t>
   </si>
   <si>
+    <t>Hama "Bend 2.0" Tablet Case for Samsung Galaxy Tab S9+/S9 FE+ 12.4", 222029</t>
+  </si>
+  <si>
+    <t>HAMA-222029</t>
+  </si>
+  <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), black</t>
   </si>
   <si>
     <t>HAMA-216427</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), magenta</t>
   </si>
   <si>
     <t>HAMA-227075</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Blue</t>
   </si>
   <si>
     <t>HAMA-227074</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets 24 - 28 cm (9.5 - 11"), Orange</t>
   </si>
   <si>
     <t>HAMA-227076</t>
   </si>
   <si>
     <t>Hama "Fold" Tablet Case for Samsung Galaxy Tab S7/ S8 11", black</t>
   </si>
   <si>
     <t>HAMA-217169</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-222029</t>
   </si>
   <si>
     <t>Hama "Xpand" Tablet Case for Tablets 28 - 33 cm (11 - 13"), black</t>
   </si>
   <si>
     <t>HAMA-227086</t>
   </si>
   <si>
     <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", black</t>
   </si>
   <si>
     <t>HAMA-217134</t>
   </si>
   <si>
     <t>Hama "Fold Clear" Tablet Case for Samsung Galaxy Tab S7 FE/S7+/S8+ 12.4", lilac</t>
   </si>
   <si>
     <t>HAMA-217136</t>
   </si>
   <si>
     <t>Rugged Tablet Protection Case 10.1''</t>
   </si>
   <si>
     <t>HSG-ACC-1G00K</t>
   </si>
@@ -645,163 +645,163 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8">
         <v>21.54</v>
       </c>
       <c r="D8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>22.212</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>22</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>22.608</v>
       </c>
       <c r="D10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>22.992</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
-        <v>24.528</v>
+        <v>24.0</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>25.38</v>
+        <v>24.528</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>25.38</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
-        <v>25.68</v>
+        <v>25.38</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>30.348</v>
+        <v>25.68</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>33.36</v>
+        <v>30.348</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>35.388</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>35.832</v>