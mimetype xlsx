--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -43,95 +43,98 @@
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), grey</t>
   </si>
   <si>
     <t>HAMA-216510</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), lilac</t>
   </si>
   <si>
     <t>HAMA-222031</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1")</t>
   </si>
   <si>
     <t>HAMA-222035</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), turquoise</t>
   </si>
   <si>
     <t>HAMA-222039</t>
   </si>
   <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 34 cm (13.3"), black</t>
   </si>
   <si>
     <t>HAMA-216503</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Notebook Sleeve HAMA "Neoprene", 11.6", Black</t>
   </si>
   <si>
     <t>HAMA-216502</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), sand</t>
   </si>
   <si>
     <t>HAMA-222033</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 34 - 36 cm (13.3"- 14.1"), coral</t>
   </si>
   <si>
     <t>HAMA-222037</t>
   </si>
   <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 36 cm (14.1"), black</t>
   </si>
   <si>
     <t>HAMA-216504</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>Hama "Neoprene" Laptop Sleeve, up to 40 cm (15.6"), black</t>
   </si>
   <si>
     <t>HAMA-216505</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222032</t>
   </si>
   <si>
     <t>HAMA-222032</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222034</t>
   </si>
   <si>
     <t>HAMA-222034</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222036</t>
   </si>
   <si>
     <t>HAMA-222036</t>
   </si>
   <si>
     <t>Hama "Jersey" Laptop Sleeve, from 40 - 41 cm (15.6"- 16.2"), 222038</t>
@@ -248,53 +251,50 @@
     <t>HAMA-185671</t>
   </si>
   <si>
     <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), black</t>
   </si>
   <si>
     <t>HAMA-231015</t>
   </si>
   <si>
     <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), brown</t>
   </si>
   <si>
     <t>HAMA-231017</t>
   </si>
   <si>
     <t>Hama “Cozy” Laptop Sleeve, 36 - 40 cm (14.1” - 15.6”), beige</t>
   </si>
   <si>
     <t>HAMA-231016</t>
   </si>
   <si>
     <t>ACT City Accessory Travel Organizer, 24 x 5.50 x 14 cm, 7 compartments, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8501</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Hama "Nice" Laptop Bag, up to 36 cm (14.1"), black</t>
   </si>
   <si>
     <t>HAMA-216529</t>
   </si>
   <si>
     <t>"Montego" Laptop Bag - 17.3" 216441</t>
   </si>
   <si>
     <t>HAMA-216441</t>
   </si>
   <si>
     <t>Hama "Velvet" Laptop Bag from 34 - 36 cm (13.3" - 14.1"), Petrol blue</t>
   </si>
   <si>
     <t>HAMA-217257</t>
   </si>
   <si>
     <t>ACT Urban, shoulder bag, 15.6 inch, Black</t>
   </si>
   <si>
     <t>EWENT-ACT-AC8525</t>
   </si>
@@ -885,527 +885,527 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>17.208</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>17.724</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>17.784</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>17.82</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>17.868</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>18.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>18.036</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>18.036</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>18.3</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>19.152</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>19.992</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>19.992</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>19.992</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>19.992</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>19.992</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>22.14</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>22.8</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>23.496</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>23.496</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>24.444</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>24.636</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>27.192</v>
       </c>
       <c r="D23" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>27.42</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>27.6</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>28.164</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
         <v>28.8</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
         <v>28.98</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
         <v>29.928</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
         <v>30.24</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
         <v>30.468</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
         <v>31.2</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
         <v>31.2</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
         <v>33.36</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C35">
         <v>33.36</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C36">
         <v>33.36</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C37">
         <v>33.444</v>
       </c>
       <c r="D37" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>36.0</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>37.92</v>
@@ -1515,177 +1515,177 @@
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>41.088</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
         <v>42.0</v>
       </c>
       <c r="D48" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
         <v>42.0</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
         <v>43.284</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
         <v>44.4</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>46.032</v>
       </c>
       <c r="D52" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>46.38</v>
       </c>
       <c r="D53" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>46.524</v>
       </c>
       <c r="D54" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>46.752</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>48.0</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>49.02</v>
       </c>
       <c r="D57" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>49.452</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>49.452</v>
@@ -1711,51 +1711,51 @@
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>49.452</v>
       </c>
       <c r="D61" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>50.016</v>
       </c>
       <c r="D62" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>54.252</v>
       </c>
       <c r="D63" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>54.576</v>
@@ -1795,51 +1795,51 @@
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
         <v>138</v>
       </c>
       <c r="C67">
         <v>60.228</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>60.648</v>
       </c>
       <c r="D68" t="s">
-        <v>78</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>60.72</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>61.728</v>
@@ -1865,93 +1865,93 @@
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>147</v>
       </c>
       <c r="B72" t="s">
         <v>148</v>
       </c>
       <c r="C72">
         <v>70.8</v>
       </c>
       <c r="D72" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>149</v>
       </c>
       <c r="B73" t="s">
         <v>150</v>
       </c>
       <c r="C73">
         <v>81.852</v>
       </c>
       <c r="D73" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>151</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74">
         <v>88.62</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>153</v>
       </c>
       <c r="B75" t="s">
         <v>154</v>
       </c>
       <c r="C75">
         <v>102.24</v>
       </c>
       <c r="D75" t="s">
-        <v>78</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>155</v>
       </c>
       <c r="B76" t="s">
         <v>156</v>
       </c>
       <c r="C76">
         <v>116.352</v>
       </c>
       <c r="D76" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D77"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>