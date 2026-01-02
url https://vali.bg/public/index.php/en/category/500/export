--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,182 +7,188 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$173</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$145</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Motherboard ASROCK B450M-HDV R4.0</t>
   </si>
   <si>
     <t>ASR-MB-B450M-HDV-R4.0</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Motherboard ASRock A520M-HVS, Socket AM4, mATX</t>
   </si>
   <si>
     <t>ASR-MB-A520M-HVS</t>
   </si>
   <si>
     <t>Motherboard BIOSTAR A520MHP socket AM4</t>
   </si>
   <si>
     <t>BIO-MB-A520MHP</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE A520M K V2, Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-A520M-K-V2</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE H410M-H V2, Socket 1200</t>
+  </si>
+  <si>
+    <t>GA-MB-H410M-H</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE H510M-S2H V3</t>
+  </si>
+  <si>
+    <t>GA-MB-H510M-S2H-V3</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE A520M-S2H, Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-A520M-S2H</t>
+  </si>
+  <si>
+    <t>Motherboard BIOSTAR H510MHP 2.0, LGA1200, DDR4, mATX</t>
+  </si>
+  <si>
+    <t>BIO-MB-H510MHP-2.0</t>
+  </si>
+  <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE A520M-DS3H V2, Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-A520M-DS3H</t>
+  </si>
+  <si>
     <t>Motherboard ASRock H510M-H2/M.2 SE, LGA1200, DDR4, mATX</t>
   </si>
   <si>
     <t>ASR-MB-H510M-H2-M2-SE</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE A520M K V2, Socket AM4</t>
-[...8 lines deleted...]
-    <t>GA-MB-H410M-H</t>
+    <t>Motherboard ASRock H610M-H2/M.2, DDR5, mATX</t>
+  </si>
+  <si>
+    <t>ASR-MB-H610M-H2-M2-D5</t>
   </si>
   <si>
     <t>Motherboard ASRock H510M-HDV/M.2 SE, LGA1200, DDR4, mATX</t>
   </si>
   <si>
     <t>ASR-MB-H510M-HDV-M2-SE</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE H510M-S2H V3</t>
-[...28 lines deleted...]
-  <si>
     <t>Motherboard BIOSTAR H61MHV3, Intel H61, sock. 1155, Ver 7.0</t>
   </si>
   <si>
     <t>BIO-MB-H61MHV3</t>
   </si>
   <si>
     <t>Motherboard BIOSTAR H81MHV3, Intel H81, sock. 1150, Ver 7.3</t>
   </si>
   <si>
     <t>BIO-MB-H81MHV3</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE H610M H V3</t>
   </si>
   <si>
     <t>GA-MB-H610M-H-V3-D4</t>
   </si>
   <si>
-    <t>on route</t>
-[...1 lines deleted...]
-  <si>
     <t>Motherboard BIOSTAR TB360-BTC PRO 2.0 Intel Socket 1151</t>
   </si>
   <si>
     <t>BIO-MB-TB360-BTC-PRO</t>
   </si>
   <si>
     <t>Motherboard BIOSTAR B550MHP socket AM4</t>
   </si>
   <si>
     <t>BIO-MB-B550MHP</t>
   </si>
   <si>
+    <t>Motherboard BIOSTAR Z590MHP</t>
+  </si>
+  <si>
+    <t>BIO-MB-Z590-MHP</t>
+  </si>
+  <si>
     <t>Motherboard ASRock H610M-HDV, LGA1700, mATX</t>
   </si>
   <si>
     <t>ASR-MB-H610M-HDV</t>
   </si>
   <si>
     <t>Motherboard ASROCK B450M Pro4 R2.0</t>
   </si>
   <si>
     <t>ASR-MB-B450M-PRO4-R2</t>
   </si>
   <si>
     <t>Motherboard ASRock H610M-HDV/M.2+ D5 LGA1700</t>
   </si>
   <si>
     <t>ASR-MB-H610M-HDV-M2-D5</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE H610M-S2H V3 DDR4, socket 1700, Micro ATX</t>
   </si>
   <si>
     <t>GA-MB-H610M-S2H-V3</t>
   </si>
   <si>
     <t>Motherboard ASRock H610M-HDV/M.2 R 2.0, LGA1700, DDR4, mATX</t>
@@ -199,53 +205,50 @@
   <si>
     <t>Motherboard GIGABYTE H610M H V2 Socket 1700, DDR5 rev 1.0, Micro ATX</t>
   </si>
   <si>
     <t>GA-MB-H610M-H-V2</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE H610M K V2 DDR5, socket 1700, Micro ATX</t>
   </si>
   <si>
     <t>GA-MB-H610M-K-V2</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE H610M-S2H V2 DDR5</t>
   </si>
   <si>
     <t>GA-MB-H610M-S2H-V2-D5</t>
   </si>
   <si>
     <t>Motherboard ASRock B450 Pro4 R2.0, AM4, DDR4</t>
   </si>
   <si>
     <t>ASR-MB-B450-PRO4-R2</t>
   </si>
   <si>
-    <t>limited availability (up to 3)</t>
-[...1 lines deleted...]
-  <si>
     <t>Motherboard ASROCK A620M-HDV M.2, Socket AM5, mATX</t>
   </si>
   <si>
     <t>ASR-MB-A620M-HDV-M2</t>
   </si>
   <si>
     <t>Motherboard BIOSTAR MH610MH D5, Socket 1700</t>
   </si>
   <si>
     <t>BIO-MB-H610MH-D5</t>
   </si>
   <si>
     <t>Motherboard ASRock B760M-HDV M.2, LGA1700, ATX</t>
   </si>
   <si>
     <t>ASR-MB-B760M-HDV-M2-D4</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B550M K 4 x DDR4</t>
   </si>
   <si>
     <t>GA-MB-B550M-K</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE A620M H socket AM5, DDR5</t>
@@ -292,570 +295,444 @@
   <si>
     <t>Motherboard ASRock A620AM-X, AM5</t>
   </si>
   <si>
     <t>ASR-MB-A620AM-X</t>
   </si>
   <si>
     <t>Motherboard J4125NHU, Intel® Quad-Core Processor J4125, mATX, 2x DIMM DD4</t>
   </si>
   <si>
     <t>BIO-MB-J4125NHU</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE A520 AORUS ELITE AM4</t>
   </si>
   <si>
     <t>GA-MB-A520-AORUS-ELITE</t>
   </si>
   <si>
     <t>Motherboard ASRock A620AM PRO-A, AM5</t>
   </si>
   <si>
     <t>ASR-MB-A620AM-PRO-A</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE B760M E DDR5, socket 1700</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-E</t>
+  </si>
+  <si>
     <t>Motherboard GIGABYTE H810M H, LGA 1851</t>
   </si>
   <si>
     <t>GA-MB-H810M-H</t>
   </si>
   <si>
     <t>Motherboard ASUS PRIME H610M-A WIFI D4, LGA 1700 mATX</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-H610M-A-WF</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE B760M E DDR5, socket 1700</t>
-[...4 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B550M AORUS ELITE, Socket AM4</t>
   </si>
   <si>
     <t>GA-MB-B550M-AORUS-ELITE</t>
   </si>
   <si>
     <t>Motherboard ASRock B550M Pro4, AM4</t>
   </si>
   <si>
     <t>ASR-MB-B550M-PRO4</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE B760M D3HP DDR4 socket 1700, mATX</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-D3HP-D4</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE A620M DS3H socket AM5</t>
+  </si>
+  <si>
+    <t>GA-MB-A620M-DS3H</t>
+  </si>
+  <si>
     <t>Motherboard ASUS Prime B550M-K, socket AM4</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B550M-K</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE B760M D3HP DDR4 socket 1700, mATX</t>
-[...10 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B760M DS3H, socket 1700, ATX</t>
   </si>
   <si>
     <t>GA-MB-B760M-DS3H-D4</t>
   </si>
   <si>
     <t>Motherboard ASRock A620AM-X WIFI, AM5</t>
   </si>
   <si>
     <t>ASR-MB-A620AM-X-WIFI</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE B760M GAMING, socket 1700</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-GAMING-D4</t>
+  </si>
+  <si>
     <t>Motherboard ASUS PRIME H610M-E-CSM DDR4, LGA 1700 mATX</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-H610M-E-CSM</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE B760M GAMING, socket 1700</t>
-[...4 lines deleted...]
-  <si>
     <t>Motherboard ASUS PRIME B760M-K DDR5, LGA 1700, mATX</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B760M-K</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B650M S2H socket AM5</t>
   </si>
   <si>
     <t>GA-MB-B650M-S2H</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B550M DS3H AC R2 Socket AM4</t>
   </si>
   <si>
     <t>GA-MB-B550M-DS3H-AC-R2</t>
   </si>
   <si>
     <t>Motherboard ASRock B650M-HDV/M.2, Socket AM5 2xDDR5</t>
   </si>
   <si>
     <t>ASR-MB-B650M-HDV-M2</t>
   </si>
   <si>
     <t>Motherboard ASUS PRIME B550-PLUS, socket AM4</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B550-PLUS</t>
   </si>
   <si>
     <t>Motherboard ASRock A620AM PRO-A WIFI, AM5</t>
   </si>
   <si>
     <t>ASR-MB-A620AM-PRO-A-WIFI</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B760M D3HP DDR5, socket 1700, mATX</t>
   </si>
   <si>
     <t>GA-MB-B760M-D3HP</t>
   </si>
   <si>
-    <t>Motherboard ASUS PRIME H610M-K D4, LGA 1700 mATX</t>
-[...4 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B550 GAMING X Socket AM4, 4 x DDR4, RGB Fusion, V2 (rev. 1.0)</t>
   </si>
   <si>
     <t>GA-MB-B550-GAMING-X-V2</t>
   </si>
   <si>
     <t>Motherboard ASRock B850M-X socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-B850M-X</t>
   </si>
   <si>
     <t>Motherboard ASRock A620M PRO RS WIFI, AM5</t>
   </si>
   <si>
     <t>ASR-MB-A620AM-PRO-RS-WIFI</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B760M DS3H AX, socket 1700</t>
   </si>
   <si>
     <t>GA-MB-B760M-DS3H-AX-D4</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B650M D3HP socket AM5</t>
   </si>
   <si>
     <t>GA-MB-B650M-D3HP</t>
   </si>
   <si>
-    <t>Motherboard ASUS PRIME B760-PLUS D4, LGA 1700, ATX</t>
-[...4 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B760M GAMING X, socket 1700</t>
   </si>
   <si>
     <t>GA-MB-B760M-GAMING-X-D4</t>
   </si>
   <si>
     <t>Motherboard ASRock B860M-X, LGA 1851</t>
   </si>
   <si>
     <t>ASR-MB-B860M-X</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B550 EAGLE WIFI 6 AM4</t>
   </si>
   <si>
     <t>GA-MB-B550-EAGLE-WF6</t>
   </si>
   <si>
     <t>Motherboard ASRock B760 Pro RS DDR5</t>
   </si>
   <si>
     <t>ASR-MB-B760-PRO-RS</t>
   </si>
   <si>
+    <t>Motherboard ASRock B760M Pro RS DDR5</t>
+  </si>
+  <si>
+    <t>ASR-MB-B760M-PRO-RS</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE B760 DS3H, socket 1700, ATX</t>
+  </si>
+  <si>
+    <t>GA-MB-B760-DS3H-D4</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE B760M DS3H AX DDR5</t>
+  </si>
+  <si>
+    <t>GA-MB-B760M-DS3H-AX</t>
+  </si>
+  <si>
     <t>Motherboard ASUS PRIME B760-PLUS DDR5, LGA 1700, ATX</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B760-PL-D5</t>
   </si>
   <si>
-    <t>Motherboard ASRock B760M Pro RS DDR5</t>
-[...16 lines deleted...]
-  <si>
     <t>Motherboard ASRock B850M-X WiFi R2.0 socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-B850M-X-WIFI</t>
   </si>
   <si>
+    <t>Motherboard ASRock B860M PRO-A, LGA 1851</t>
+  </si>
+  <si>
+    <t>ASR-MB-B860M-PRO-A</t>
+  </si>
+  <si>
     <t>Motherboard ASUS TUF B550-PLUS GAMING socket AM4</t>
   </si>
   <si>
     <t>ASUS-MB-TUF-B550-PLUS</t>
   </si>
   <si>
-    <t>Motherboard ASRock B860M PRO-A, LGA 1851</t>
-[...4 lines deleted...]
-  <si>
     <t>Motherboard ASRock B650M PRO RS</t>
   </si>
   <si>
     <t>ASR-MB-B650M-PRO-RS</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE B550 AORUS ELITE V2 Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-B550-AORUS-E-V2</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE B860M EAGLE, LGA 1851</t>
+  </si>
+  <si>
+    <t>GA-MB-B860M-EAGLE</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE B650 EAGLE</t>
+  </si>
+  <si>
+    <t>GA-MB-B650-EAGLE</t>
+  </si>
+  <si>
     <t>Motherboard GIGABYTE B760 DS3H AX, socket 1700, ATX</t>
   </si>
   <si>
     <t>GA-MB-B760-DS3H-AX-D4</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE B550 AORUS ELITE V2 Socket AM4</t>
-[...16 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B850M D3HP socket AM5</t>
   </si>
   <si>
     <t>GA-MB-B850M-D3HP</t>
   </si>
   <si>
     <t>Motherboard ASRock B850M Pro RS socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-B850M-PRO-RS</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B760 GAMING X GEN5, socket 1700</t>
   </si>
   <si>
     <t>GA-MB-B760-GAMING-D5</t>
   </si>
   <si>
     <t>Motherboard ASRock B850M Pro RS WIFI 6E socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-B850M-PRO-RS-WIFI</t>
   </si>
   <si>
     <t>Motherboard ASUS PRIME B760M-A WIFI DDR5, LGA 1700</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B760M-A</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE B860M DS3H, LGA 1851</t>
+  </si>
+  <si>
+    <t>GA-MB-B860M-DS3H</t>
+  </si>
+  <si>
+    <t>Motherboard GIGABYTE B850M DS3H socket AM5</t>
+  </si>
+  <si>
+    <t>GA-MB-B850M-DS3H</t>
+  </si>
+  <si>
     <t>Motherboard GIGABYTE B650 EAGLE AX</t>
   </si>
   <si>
     <t>GA-MB-B650-EAGLE-AX</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE B860M DS3H, LGA 1851</t>
-[...10 lines deleted...]
-  <si>
     <t>Motherboard ASRock B760M Steel Legend WIFI DDR5</t>
   </si>
   <si>
     <t>ASR-MB-B760M-STEEL-WIFI</t>
   </si>
   <si>
     <t>Motherboard ASRock B850 PRO-A socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-B850-PRO-A</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE Z790 UD LGA 1700 DDR5, ATX</t>
   </si>
   <si>
     <t>GA-MB-Z790-D</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B860M DS3H WIFI 6E, LGA 1851</t>
   </si>
   <si>
     <t>GA-MB-B860M-DS3H-WF6E</t>
   </si>
   <si>
     <t>Motherboard  ASRock B850 PRO-A WIFI socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-B850-PRO-A-WIFI</t>
   </si>
   <si>
     <t>Motherboard ASUS PRIME B850M-A WIFI 6E socket AM5</t>
   </si>
   <si>
     <t>ASUS-MB-PRIME-B850M-A-WF</t>
   </si>
   <si>
-    <t>Motherboard ASUS PRIME B840M-A WIFI 6E socket AM5</t>
-[...4 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B860 DS3H WIFI 6E, LGA 1851</t>
   </si>
   <si>
     <t>GA-MB-B860-DS3H-WF6E</t>
   </si>
   <si>
+    <t>Motherboard GIGABYTE B550I AORUS PRO AX, Socket AM4</t>
+  </si>
+  <si>
+    <t>GA-MB-B550I-AORUS-PRO-AX</t>
+  </si>
+  <si>
     <t>Motherboard ASRock B850M RIPTIDE WIFI7 socket AM5</t>
   </si>
   <si>
     <t>ASR-MB-B850M-RIPTIDE-WIFI</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B850 EAGLE WIFI 6E socket AM5</t>
   </si>
   <si>
     <t>GA-MB-B850-EAGLE-WF6</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE B860 EAGLE WIFI 6E, LGA 1851</t>
-[...4 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B850M GAMING X WIFI6E socket AM5</t>
   </si>
   <si>
     <t>GA-MB-B850M-GAM-X-WF6</t>
   </si>
   <si>
-    <t>Motherboard ASUS PRIME B840-PLUS WIFI DDR5, AM5</t>
-[...10 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE Q870M D3H, LGA 1851</t>
   </si>
   <si>
     <t>GA-MB-Q870M-D3H</t>
   </si>
   <si>
-    <t>Motherboard ASUS PRIME B860-PLUS WIFI DDR5</t>
-[...10 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE B860M AORUS ELITE WiFi 6E ICE, LGA 1851</t>
   </si>
   <si>
     <t>GA-MB-B860M-A-EL-WF6-IC</t>
   </si>
   <si>
     <t>Motherboard GIGABYTE B850M AORUS ELITE WIF6E ICE socket AM5</t>
   </si>
   <si>
     <t>GA-MB-B850M-A-E-WF6-ICE</t>
   </si>
   <si>
-    <t>Motherboard ASRock B860 STEEL LEGEND WIFI 6E, LGA 1851</t>
-[...16 lines deleted...]
-  <si>
     <t>Benchtable Thermal Grizzly Der8enchtable</t>
   </si>
   <si>
     <t>TG-D8-001</t>
   </si>
   <si>
-    <t>Motherboard GIGABYTE B860 AORUS ELITE WIF 7 ICE, LGA 1851</t>
-[...22 lines deleted...]
-  <si>
     <t>Motherboard GIGABYTE X870 GAMING WIFI 7, Socket AM5</t>
   </si>
   <si>
     <t>GA-MB-X870-GAMING-X-WF7</t>
   </si>
   <si>
-    <t>Motherboard ASUS TUF GAMING B860-PLUS WIFI DDR5</t>
-[...34 lines deleted...]
-  <si>
     <t>Motherboard ASUS X870 MAX GAMING WiFi7 AM5 DDR5</t>
   </si>
   <si>
     <t>ASUS-MB-X870-MAX-G-WF</t>
   </si>
   <si>
     <t>Motherboard ASUS X870 MAX GAMING WHITE WiFi7 AM5 DDR5</t>
   </si>
   <si>
     <t>ASUS-MB-X870-MAX-G-WF-W</t>
-  </si>
-[...4 lines deleted...]
-    <t>GA-MB-X870E-A-PRO</t>
   </si>
   <si>
     <t>Motherboard ASUS ROG STRIX Z890-H GAMING WIFI, LGA 1851</t>
   </si>
   <si>
     <t>ASUS-MB-ROG-Z890-H-WF</t>
   </si>
   <si>
     <t>Motherboard ASUS ROG STRIX X870E-H GAMING WIFI7 AM5 DDR5</t>
   </si>
   <si>
     <t>ASUS-MB-STRIX-X870E-H-WF</t>
   </si>
   <si>
     <t>Motherboard ASUS ROG STRIX X870-F GAMING WIFI AM5 DDR5</t>
   </si>
   <si>
     <t>ASUS-MB-STRIX-X870-F-WF</t>
   </si>
   <si>
     <t>Motherboard ASROCK WRX90 WS EVO, Socket sTR5, ATX, 8xDDR5</t>
   </si>
   <si>
     <t>ASR-MB-WRX90-WS-EVO</t>
   </si>
@@ -1201,2474 +1078,2082 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D173"/>
+  <dimension ref="A1:D145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="97.833" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
-        <v>99.696</v>
+        <v>99.348</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>102.348</v>
+        <v>101.988</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>106.596</v>
+        <v>106.212</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5">
-        <v>112.236</v>
+        <v>113.028</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6">
-        <v>113.424</v>
+        <v>117.948</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
-        <v>118.356</v>
+        <v>120.012</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
-        <v>119.136</v>
+        <v>120.156</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
-        <v>120.444</v>
+        <v>120.684</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
-        <v>120.588</v>
+        <v>122.868</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
-        <v>121.116</v>
+        <v>124.548</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
-        <v>123.3</v>
+        <v>126.132</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>126.588</v>
+        <v>126.708</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
-        <v>129.36</v>
+        <v>128.904</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
-        <v>129.648</v>
+        <v>129.18</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
-        <v>129.648</v>
+        <v>129.612</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>130.536</v>
+        <v>130.08</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>131.436</v>
+        <v>130.968</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>132.924</v>
+        <v>131.304</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>133.74</v>
+        <v>132.456</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>133.74</v>
+        <v>133.272</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>138.396</v>
+        <v>133.272</v>
       </c>
       <c r="D22" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>140.148</v>
+        <v>136.944</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>141.66</v>
+        <v>139.956</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
-        <v>142.56</v>
+        <v>141.156</v>
       </c>
       <c r="D25" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
-        <v>143.028</v>
+        <v>141.852</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>145.488</v>
+        <v>141.852</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>145.884</v>
+        <v>144.984</v>
       </c>
       <c r="D28" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29">
-        <v>148.656</v>
+        <v>145.368</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
       </c>
-      <c r="B30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30">
-        <v>153.312</v>
+        <v>148.128</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
       </c>
-      <c r="B31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31">
-        <v>157.632</v>
+        <v>152.76</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
       </c>
-      <c r="B32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32">
-        <v>159.432</v>
+        <v>157.08</v>
       </c>
       <c r="D32" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>162.552</v>
+        <v>158.868</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34">
-        <v>162.9</v>
+        <v>161.976</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
       </c>
-      <c r="B35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35">
-        <v>167.664</v>
+        <v>162.324</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
       </c>
-      <c r="B36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36">
-        <v>171.708</v>
+        <v>167.076</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37">
-        <v>172.62</v>
+        <v>171.096</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38">
-        <v>174.132</v>
+        <v>172.02</v>
       </c>
       <c r="D38" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
       </c>
-      <c r="B39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39">
-        <v>174.336</v>
+        <v>173.64</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>174.336</v>
+        <v>173.724</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41">
-        <v>175.236</v>
+        <v>173.724</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42">
-        <v>176.58</v>
+        <v>174.612</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43">
-        <v>188.676</v>
+        <v>175.956</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44">
-        <v>189.072</v>
+        <v>188.016</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45">
-        <v>189.66</v>
+        <v>188.316</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46">
-        <v>189.864</v>
+        <v>188.832</v>
       </c>
       <c r="D46" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
       </c>
-      <c r="B47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47">
-        <v>192.756</v>
+        <v>189.66</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48">
-        <v>194.52</v>
+        <v>192.084</v>
       </c>
       <c r="D48" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49">
-        <v>195.912</v>
+        <v>193.824</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50">
-        <v>196.212</v>
+        <v>195.516</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>196.884</v>
+        <v>195.636</v>
       </c>
       <c r="D51" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
       </c>
-      <c r="B52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C52">
-        <v>197.04</v>
+        <v>195.912</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53">
-        <v>198.228</v>
+        <v>196.344</v>
       </c>
       <c r="D53" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
       </c>
-      <c r="B54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C54">
-        <v>198.792</v>
+        <v>197.532</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55">
-        <v>198.96</v>
+        <v>198.264</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
       </c>
-      <c r="B56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56">
-        <v>204.504</v>
+        <v>198.792</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
       </c>
-      <c r="B57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57">
-        <v>208.464</v>
+        <v>204.504</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
       </c>
-      <c r="B58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58">
-        <v>210.06</v>
+        <v>207.732</v>
       </c>
       <c r="D58" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59">
-        <v>212.544</v>
+        <v>209.316</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60">
-        <v>213.144</v>
+        <v>211.8</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" t="s">
         <v>126</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61">
-        <v>216.384</v>
+        <v>213.144</v>
       </c>
       <c r="D61" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" t="s">
         <v>128</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62">
-        <v>218.28</v>
+        <v>215.616</v>
       </c>
       <c r="D62" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" t="s">
         <v>130</v>
       </c>
-      <c r="B63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63">
-        <v>223.908</v>
+        <v>217.512</v>
       </c>
       <c r="D63" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" t="s">
         <v>132</v>
       </c>
-      <c r="B64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64">
-        <v>225.864</v>
+        <v>225.072</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" t="s">
         <v>134</v>
       </c>
-      <c r="B65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65">
-        <v>230.988</v>
+        <v>230.172</v>
       </c>
       <c r="D65" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" t="s">
         <v>136</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66">
-        <v>231.252</v>
+        <v>230.436</v>
       </c>
       <c r="D66" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" t="s">
         <v>138</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C67">
-        <v>232.56</v>
+        <v>231.744</v>
       </c>
       <c r="D67" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" t="s">
         <v>140</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68">
-        <v>232.992</v>
+        <v>232.332</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" t="s">
         <v>142</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69">
-        <v>233.004</v>
+        <v>232.956</v>
       </c>
       <c r="D69" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" t="s">
         <v>144</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70">
-        <v>233.784</v>
+        <v>235.596</v>
       </c>
       <c r="D70" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" t="s">
         <v>146</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71">
-        <v>236.436</v>
+        <v>239.1</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" t="s">
         <v>148</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72">
-        <v>239.94</v>
+        <v>242.736</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" t="s">
         <v>150</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73">
-        <v>243.6</v>
+        <v>244.344</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" t="s">
         <v>152</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74">
-        <v>243.972</v>
+        <v>244.812</v>
       </c>
       <c r="D74" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" t="s">
         <v>154</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75">
-        <v>245.208</v>
+        <v>247.884</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" t="s">
         <v>156</v>
       </c>
-      <c r="B76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C76">
-        <v>245.676</v>
+        <v>248.292</v>
       </c>
       <c r="D76" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" t="s">
         <v>158</v>
       </c>
-      <c r="B77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C77">
-        <v>248.76</v>
+        <v>254.388</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" t="s">
         <v>160</v>
       </c>
-      <c r="B78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C78">
-        <v>255.288</v>
+        <v>259.404</v>
       </c>
       <c r="D78" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="C79">
         <v>260.316</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" t="s">
         <v>164</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>260.328</v>
+        <v>261.78</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" t="s">
         <v>166</v>
       </c>
-      <c r="B81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C81">
-        <v>262.716</v>
+        <v>268.836</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" t="s">
         <v>168</v>
       </c>
-      <c r="B82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82">
-        <v>265.464</v>
+        <v>274.14</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
+        <v>169</v>
+      </c>
+      <c r="B83" t="s">
         <v>170</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>269.796</v>
+        <v>274.656</v>
       </c>
       <c r="D83" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
+        <v>171</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="B84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84">
-        <v>275.112</v>
+        <v>278.64</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
+        <v>173</v>
+      </c>
+      <c r="B85" t="s">
         <v>174</v>
       </c>
-      <c r="B85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C85">
-        <v>275.628</v>
+        <v>281.232</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
+        <v>175</v>
+      </c>
+      <c r="B86" t="s">
         <v>176</v>
       </c>
-      <c r="B86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C86">
-        <v>283.008</v>
+        <v>285.888</v>
       </c>
       <c r="D86" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
+        <v>177</v>
+      </c>
+      <c r="B87" t="s">
         <v>178</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>286.908</v>
+        <v>286.14</v>
       </c>
       <c r="D87" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
+        <v>179</v>
+      </c>
+      <c r="B88" t="s">
         <v>180</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>287.952</v>
+        <v>295.104</v>
       </c>
       <c r="D88" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>181</v>
+      </c>
+      <c r="B89" t="s">
         <v>182</v>
       </c>
-      <c r="B89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C89">
-        <v>296.148</v>
+        <v>301.896</v>
       </c>
       <c r="D89" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
+        <v>183</v>
+      </c>
+      <c r="B90" t="s">
         <v>184</v>
       </c>
-      <c r="B90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90">
-        <v>301.896</v>
+        <v>305.688</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
+        <v>185</v>
+      </c>
+      <c r="B91" t="s">
         <v>186</v>
       </c>
-      <c r="B91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91">
-        <v>307.632</v>
+        <v>305.688</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
+        <v>187</v>
+      </c>
+      <c r="B92" t="s">
         <v>188</v>
       </c>
-      <c r="B92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C92">
-        <v>307.632</v>
+        <v>306.552</v>
       </c>
       <c r="D92" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
+        <v>189</v>
+      </c>
+      <c r="B93" t="s">
         <v>190</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93">
-        <v>307.86</v>
+        <v>310.812</v>
       </c>
       <c r="D93" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
         <v>192</v>
       </c>
-      <c r="B94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94">
-        <v>311.916</v>
+        <v>311.748</v>
       </c>
       <c r="D94" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
         <v>194</v>
       </c>
-      <c r="B95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95">
-        <v>312.852</v>
+        <v>330.144</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
+        <v>195</v>
+      </c>
+      <c r="B96" t="s">
         <v>196</v>
       </c>
-      <c r="B96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96">
-        <v>330.48</v>
+        <v>330.432</v>
       </c>
       <c r="D96" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
+        <v>197</v>
+      </c>
+      <c r="B97" t="s">
         <v>198</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97">
-        <v>331.608</v>
+        <v>336.768</v>
       </c>
       <c r="D97" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
+        <v>199</v>
+      </c>
+      <c r="B98" t="s">
         <v>200</v>
       </c>
-      <c r="B98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98">
-        <v>337.968</v>
+        <v>339.708</v>
       </c>
       <c r="D98" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" t="s">
         <v>202</v>
       </c>
-      <c r="B99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99">
-        <v>339.708</v>
+        <v>346.92</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
+        <v>203</v>
+      </c>
+      <c r="B100" t="s">
         <v>204</v>
       </c>
-      <c r="B100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100">
-        <v>340.908</v>
+        <v>353.544</v>
       </c>
       <c r="D100" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
+        <v>205</v>
+      </c>
+      <c r="B101" t="s">
         <v>206</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101">
-        <v>347.388</v>
+        <v>356.412</v>
       </c>
       <c r="D101" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="B102" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="C102">
-        <v>106.596</v>
+        <v>124.548</v>
       </c>
       <c r="D102" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="B103" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C103">
-        <v>112.236</v>
+        <v>130.08</v>
       </c>
       <c r="D103" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B104" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="C104">
-        <v>130.536</v>
+        <v>141.852</v>
       </c>
       <c r="D104" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>39</v>
+        <v>73</v>
       </c>
       <c r="B105" t="s">
-        <v>40</v>
+        <v>74</v>
       </c>
       <c r="C105">
-        <v>131.436</v>
+        <v>162.324</v>
       </c>
       <c r="D105" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="B106" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="C106">
-        <v>143.028</v>
+        <v>171.096</v>
       </c>
       <c r="D106" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="B107" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="C107">
-        <v>162.9</v>
+        <v>173.724</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="B108" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="C108">
-        <v>171.708</v>
+        <v>188.016</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B109" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="C109">
-        <v>174.336</v>
+        <v>188.316</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B110" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C110">
-        <v>188.676</v>
+        <v>188.832</v>
       </c>
       <c r="D110" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="B111" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="C111">
-        <v>189.072</v>
+        <v>197.532</v>
       </c>
       <c r="D111" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="B112" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="C112">
-        <v>189.864</v>
+        <v>204.504</v>
       </c>
       <c r="D112" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B113" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="C113">
-        <v>198.228</v>
+        <v>209.316</v>
       </c>
       <c r="D113" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="B114" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="C114">
-        <v>204.504</v>
+        <v>215.616</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="B115" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="C115">
-        <v>210.06</v>
+        <v>230.436</v>
       </c>
       <c r="D115" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>126</v>
+        <v>143</v>
       </c>
       <c r="B116" t="s">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="C116">
-        <v>216.384</v>
+        <v>235.596</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="B117" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="C117">
-        <v>230.988</v>
+        <v>239.1</v>
       </c>
       <c r="D117" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="B118" t="s">
-        <v>137</v>
+        <v>158</v>
       </c>
       <c r="C118">
-        <v>231.252</v>
+        <v>254.388</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>146</v>
+        <v>159</v>
       </c>
       <c r="B119" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="C119">
-        <v>236.436</v>
+        <v>259.404</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="B120" t="s">
-        <v>149</v>
+        <v>170</v>
       </c>
       <c r="C120">
-        <v>239.94</v>
+        <v>274.656</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="B121" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="C121">
-        <v>255.288</v>
+        <v>281.232</v>
       </c>
       <c r="D121" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="B122" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="C122">
-        <v>260.328</v>
+        <v>285.888</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B123" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C123">
-        <v>275.112</v>
+        <v>286.14</v>
       </c>
       <c r="D123" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="B124" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="C124">
-        <v>275.628</v>
+        <v>295.104</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B125" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C125">
-        <v>283.008</v>
+        <v>301.896</v>
       </c>
       <c r="D125" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="B126" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="C126">
-        <v>286.908</v>
+        <v>305.688</v>
       </c>
       <c r="D126" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>180</v>
+        <v>197</v>
       </c>
       <c r="B127" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="C127">
-        <v>287.952</v>
+        <v>336.768</v>
       </c>
       <c r="D127" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>182</v>
+        <v>199</v>
       </c>
       <c r="B128" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
       <c r="C128">
-        <v>296.148</v>
+        <v>339.708</v>
       </c>
       <c r="D128" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>184</v>
+        <v>207</v>
       </c>
       <c r="B129" t="s">
-        <v>185</v>
+        <v>208</v>
       </c>
       <c r="C129">
-        <v>301.896</v>
+        <v>366.6</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>188</v>
+        <v>209</v>
       </c>
       <c r="B130" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="C130">
-        <v>307.632</v>
+        <v>391.296</v>
       </c>
       <c r="D130" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="B131" t="s">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="C131">
-        <v>307.86</v>
+        <v>404.628</v>
       </c>
       <c r="D131" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="B132" t="s">
-        <v>195</v>
+        <v>214</v>
       </c>
       <c r="C132">
-        <v>312.852</v>
+        <v>416.112</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>198</v>
+        <v>215</v>
       </c>
       <c r="B133" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="C133">
-        <v>331.608</v>
+        <v>418.656</v>
       </c>
       <c r="D133" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
       <c r="B134" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="C134">
-        <v>337.968</v>
+        <v>448.992</v>
       </c>
       <c r="D134" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>202</v>
+        <v>219</v>
       </c>
       <c r="B135" t="s">
-        <v>203</v>
+        <v>220</v>
       </c>
       <c r="C135">
-        <v>339.708</v>
+        <v>550.26</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>204</v>
+        <v>221</v>
       </c>
       <c r="B136" t="s">
-        <v>205</v>
+        <v>222</v>
       </c>
       <c r="C136">
-        <v>340.908</v>
+        <v>737.196</v>
       </c>
       <c r="D136" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="B137" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="C137">
-        <v>357.672</v>
+        <v>737.196</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="B138" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="C138">
-        <v>367.896</v>
+        <v>823.356</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B139" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="C139">
-        <v>386.964</v>
+        <v>901.572</v>
       </c>
       <c r="D139" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="B140" t="s">
-        <v>215</v>
+        <v>230</v>
       </c>
       <c r="C140">
-        <v>391.68</v>
+        <v>928.08</v>
       </c>
       <c r="D140" t="s">
-        <v>36</v>
+        <v>6</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="B141" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="C141">
-        <v>395.46</v>
+        <v>1940.388</v>
       </c>
       <c r="D141" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="B142" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="C142">
-        <v>404.796</v>
+        <v>1961.148</v>
       </c>
       <c r="D142" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>220</v>
+        <v>235</v>
       </c>
       <c r="B143" t="s">
-        <v>221</v>
+        <v>236</v>
       </c>
       <c r="C143">
-        <v>406.068</v>
+        <v>2432.676</v>
       </c>
       <c r="D143" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="B144" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="C144">
-        <v>412.824</v>
+        <v>2878.644</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
-[...391 lines deleted...]
-        <v>61</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D173"/>
+  <autoFilter ref="A1:D145"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>