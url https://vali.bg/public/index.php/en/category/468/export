--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -82,50 +82,53 @@
   <si>
     <t>Hama "Pro II" Smartphone Holder, 9.5 cm, 1/4", 04648</t>
   </si>
   <si>
     <t>HAMA-04648</t>
   </si>
   <si>
     <t>Hama "Magnet" Car Mobile Phone Holder for Dashboard, 201518</t>
   </si>
   <si>
     <t>HAMA-201518</t>
   </si>
   <si>
     <t>Hama Headrest Holder for Tablets from 7 - 12.9", 125120</t>
   </si>
   <si>
     <t>HAMA-125120</t>
   </si>
   <si>
     <t>Hama "Flipper" Car Mobile Phone Holder for Grating, 360-degree Rotation, Univers</t>
   </si>
   <si>
     <t>HAMA-201515</t>
   </si>
   <si>
+    <t>limited availability (up to 3)</t>
+  </si>
+  <si>
     <t>Hama "Magnet Alu" Car Mobile Phone Holder, 201516</t>
   </si>
   <si>
     <t>HAMA-201516</t>
   </si>
   <si>
     <t>Hama "Magnet" Car Mobile Phone Holder for Grating, 360-degree Rotation, Universal, Alu</t>
   </si>
   <si>
     <t>HAMA-201972</t>
   </si>
   <si>
     <t>"Multi" 2in1 Car Mobile Phone Holder, HAMA-201521</t>
   </si>
   <si>
     <t>HAMA-201521</t>
   </si>
   <si>
     <t>"Gravity Pro" Car Mobile Phone Holder, HAMA-201511</t>
   </si>
   <si>
     <t>HAMA-201511</t>
   </si>
   <si>
     <t>"Easy Snap" Car Mobile Phone Holder, HAMA-201510</t>
@@ -146,53 +149,50 @@
     <t>HAMA-201512</t>
   </si>
   <si>
     <t>Hama "MagLock" Car Mobile Phone Holder, Magnetic Mobile Phone Holder with Suctio</t>
   </si>
   <si>
     <t>HAMA-210106</t>
   </si>
   <si>
     <t>Hama "Lock" Car Mobile Phone Holder, Magnetic, for Vent</t>
   </si>
   <si>
     <t>HAMA-210105</t>
   </si>
   <si>
     <t>Hama "Puck" Tripod Mobile Phone Holder, Magnetic, 04655</t>
   </si>
   <si>
     <t>HAMA-04655</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design iSlider, Black</t>
   </si>
   <si>
     <t>RD-10042</t>
-  </si>
-[...1 lines deleted...]
-    <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Delock Smartphone Stand Holder adjustable for MagSafe aluminium</t>
   </si>
   <si>
     <t>DELOCK-18426</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design mStand mobile, Silver</t>
   </si>
   <si>
     <t>RD-10059</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design mStand mobile, Black</t>
   </si>
   <si>
     <t>RD-10065</t>
   </si>
   <si>
     <t>Phone/Tablet Stand Rain Design mStand mobile, Gold</t>
   </si>
   <si>
     <t>RD-10060</t>
   </si>
@@ -738,205 +738,205 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>22.008</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>23.544</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>23.652</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>24.0</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>24.864</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>25.2</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>29.412</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>29.604</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>29.904</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>32.4</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>33.6</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>34.8</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>36.0</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>37.908</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>52.8</v>
@@ -1004,65 +1004,65 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>59.004</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>66.0</v>
       </c>
       <c r="D28" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>66.504</v>
       </c>
       <c r="D29" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>67.2</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>67.2</v>