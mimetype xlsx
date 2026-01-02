--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,197 +7,203 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$58</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$60</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama Car Charger, Micro-USB, 1.2 A, black</t>
   </si>
   <si>
     <t>HAMA-183253</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama Car Charger with USB-A Socket, 6 W, 201634</t>
   </si>
   <si>
     <t>HAMA-201634</t>
   </si>
   <si>
     <t>Hama Charger with USB-A Socket, 6 W, black</t>
   </si>
   <si>
     <t>HAMA-201644</t>
   </si>
   <si>
     <t>Hama Car Charger, 2-Port USB, 2.4 A, 36 Pcs in Display</t>
   </si>
   <si>
     <t>HAMA-210545</t>
   </si>
   <si>
     <t>Hama Charger with USB-A Socket, 6 W, white</t>
   </si>
   <si>
     <t>HAMA-201645</t>
   </si>
   <si>
+    <t>not available</t>
+  </si>
+  <si>
     <t>Hama "Eco" Car Charger, USB-C, 25 W, 187279</t>
   </si>
   <si>
     <t>HAMA-187279</t>
   </si>
   <si>
+    <t>HAMA Car charger Micro USB cable, 6 W, 1,0 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-201608</t>
+  </si>
+  <si>
     <t>SKROSS Dual Car Charger 20 W PD</t>
   </si>
   <si>
     <t>SKROSS-SKCHCA0120WPDCN</t>
   </si>
   <si>
     <t>Hama Car Charger, 2x USB-A, 12 W, 201636</t>
   </si>
   <si>
     <t>HAMA-201636</t>
   </si>
   <si>
     <t>Hama "Eco" Charger, USB-C, 25W, 187278</t>
   </si>
   <si>
     <t>HAMA-187278</t>
   </si>
   <si>
     <t>Fast Charger for Car, USB-A, HAMA-201633</t>
   </si>
   <si>
     <t>HAMA-201633</t>
   </si>
   <si>
     <t>Hama Charger with 2x USB-A Ports, 12 W, black</t>
   </si>
   <si>
     <t>HAMA-201971</t>
   </si>
   <si>
     <t>Charger with Micro-USB Connection, HAMA-201617</t>
   </si>
   <si>
     <t>HAMA-201617</t>
   </si>
   <si>
     <t>Charger with USB-C Connection, 12 W, HAMA-201618</t>
   </si>
   <si>
     <t>HAMA-201618</t>
   </si>
   <si>
-    <t>not available</t>
-[...1 lines deleted...]
-  <si>
     <t>HAMA-201627</t>
   </si>
   <si>
     <t>"Qualcomm® Quick Charger, HAMA-201641</t>
   </si>
   <si>
     <t>HAMA-201641</t>
   </si>
   <si>
     <t>Hama Fast Charger, 1x USB-C, 1x USB-A, Mini-Charger, PD, 20 W, white</t>
   </si>
   <si>
     <t>HAMA-201991</t>
   </si>
   <si>
     <t>Super mini Fast Charger, USB-C, 20 W, HAMA-201980</t>
   </si>
   <si>
     <t>HAMA-201980</t>
   </si>
   <si>
     <t>Car Charger Hama, with USB-C Connection, 12 W, 201609</t>
   </si>
   <si>
     <t>HAMA-201609</t>
   </si>
   <si>
     <t>Car Charger, USB-C, Qualcomm, 25 Watt, HAMA-201638</t>
   </si>
   <si>
     <t>HAMA-201638</t>
   </si>
   <si>
+    <t>Car Charger, USB-C, 20W, HAMA-201637</t>
+  </si>
+  <si>
+    <t>HAMA-201637</t>
+  </si>
+  <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
-    <t>Car Charger, USB-C, 20W, HAMA-201637</t>
-[...4 lines deleted...]
-  <si>
     <t>Super Mini Fast charger, 25W, 201981</t>
   </si>
   <si>
     <t>HAMA-201981</t>
   </si>
   <si>
     <t>Hama Fast Charger, USB-C, Super-Mini Charger, PD, 25 W, black</t>
   </si>
   <si>
     <t>HAMA-201985</t>
   </si>
   <si>
     <t>USB Power Supply Unit, 1.9 m, HAMA-223203</t>
   </si>
   <si>
     <t>HAMA-223203</t>
   </si>
   <si>
     <t>Hama Fast Charger with Micro-USB Charging Cable, 201621</t>
   </si>
   <si>
     <t>HAMA-201621</t>
   </si>
   <si>
     <t>Hama Fast Charger with USB-C Charging Cable, Qualcomm®, 19.5 W, 1.5 m, black</t>
@@ -302,50 +308,56 @@
     <t>HAMA-201685</t>
   </si>
   <si>
     <t>Wireless Dual Charging Pad RAPOO XC260, Qi, 7.5W/10W, Black</t>
   </si>
   <si>
     <t>RAPOO-11963</t>
   </si>
   <si>
     <t>USB Multi-Charger, 6 Ports, 34W, HAMA</t>
   </si>
   <si>
     <t>HAMA-223201</t>
   </si>
   <si>
     <t>Hama Fast Charger, GaN, 2x USB-C, 1x USB-A, Mini Charger, PD, 65 W, white</t>
   </si>
   <si>
     <t>HAMA-201996</t>
   </si>
   <si>
     <t>Hama Quick Charger, GaN, 65W, 125130</t>
   </si>
   <si>
     <t>HAMA-125130</t>
+  </si>
+  <si>
+    <t>Hama Fast Charger, 2x USB-C, 1x USB-A, Flat Mini Charger, PD, 65 W, wht</t>
+  </si>
+  <si>
+    <t>HAMA-201976</t>
   </si>
   <si>
     <t>Hama Universal USB-C Car Notebook Power Supp. Unit, (PD), 5-20V/65W, 200018</t>
   </si>
   <si>
     <t>HAMA-200018</t>
   </si>
   <si>
     <t>Hama "FC10 Motion" Wireless Car Charger, black</t>
   </si>
   <si>
     <t>HAMA-201678</t>
   </si>
   <si>
     <t>Hama 4-Port Charging Stn, Fast Charger, 2x USB-C, 2x USB-A, PD, 60 W, blk</t>
   </si>
   <si>
     <t>HAMA-201628</t>
   </si>
   <si>
     <t>j5create 65W GaN USB-C 3-Port Charger</t>
   </si>
   <si>
     <t>J5-JUP3365E</t>
   </si>
@@ -718,51 +730,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D58"/>
+  <dimension ref="A1:D60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -813,769 +825,797 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>12.66</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6">
         <v>13.596</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>14.4</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>14.844</v>
+        <v>14.4</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C9">
-        <v>15.0</v>
+        <v>14.844</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C10">
-        <v>15.6</v>
+        <v>15.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C11">
-        <v>15.864</v>
+        <v>15.6</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>16.08</v>
+        <v>15.864</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C13">
-        <v>16.704</v>
+        <v>16.08</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C14">
-        <v>16.956</v>
+        <v>16.704</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C15">
-        <v>17.208</v>
+        <v>16.956</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>34</v>
       </c>
       <c r="C16">
-        <v>18.024</v>
+        <v>17.208</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17">
-        <v>18.216</v>
+        <v>18.024</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>37</v>
       </c>
       <c r="B18" t="s">
         <v>38</v>
       </c>
       <c r="C18">
-        <v>18.996</v>
+        <v>18.216</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>39</v>
       </c>
       <c r="B19" t="s">
         <v>40</v>
       </c>
       <c r="C19">
-        <v>19.236</v>
+        <v>18.996</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>41</v>
       </c>
       <c r="B20" t="s">
         <v>42</v>
       </c>
       <c r="C20">
-        <v>19.992</v>
+        <v>19.236</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
         <v>44</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>20.4</v>
+        <v>19.992</v>
       </c>
       <c r="D21" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22">
+        <v>20.4</v>
+      </c>
+      <c r="D22" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>48</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23">
         <v>21.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>51</v>
       </c>
       <c r="C24">
-        <v>22.992</v>
+        <v>21.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25">
-        <v>23.292</v>
+        <v>22.992</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>23.46</v>
+        <v>23.292</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
         <v>23.46</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>23.916</v>
+        <v>23.46</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>24.0</v>
+        <v>23.916</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>25.98</v>
+        <v>24.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>28.356</v>
+        <v>25.98</v>
       </c>
       <c r="D31" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
-        <v>28.416</v>
+        <v>28.356</v>
       </c>
       <c r="D32" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
-        <v>28.452</v>
+        <v>28.416</v>
       </c>
       <c r="D33" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>31.584</v>
+        <v>28.452</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
-        <v>32.76</v>
+        <v>31.584</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
-        <v>33.168</v>
+        <v>32.76</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
-        <v>36.996</v>
+        <v>33.168</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
-        <v>37.2</v>
+        <v>36.996</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
-        <v>38.4</v>
+        <v>37.2</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
-        <v>39.0</v>
+        <v>38.4</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
-        <v>39.012</v>
+        <v>39.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
-        <v>41.244</v>
+        <v>39.012</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
-        <v>42.0</v>
+        <v>41.244</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
-        <v>43.896</v>
+        <v>42.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
-        <v>48.72</v>
+        <v>43.896</v>
       </c>
       <c r="D45" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
-        <v>52.044</v>
+        <v>48.72</v>
       </c>
       <c r="D46" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
-        <v>65.04</v>
+        <v>52.044</v>
       </c>
       <c r="D47" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>98</v>
       </c>
       <c r="B48" t="s">
         <v>99</v>
       </c>
       <c r="C48">
-        <v>66.504</v>
+        <v>56.556</v>
       </c>
       <c r="D48" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
-        <v>69.6</v>
+        <v>65.04</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
-        <v>77.808</v>
+        <v>66.504</v>
       </c>
       <c r="D50" t="s">
-        <v>104</v>
+        <v>47</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B51" t="s">
         <v>105</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>86.004</v>
+        <v>69.6</v>
       </c>
       <c r="D51" t="s">
-        <v>43</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>106</v>
+      </c>
+      <c r="B52" t="s">
         <v>107</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52">
+        <v>77.808</v>
+      </c>
+      <c r="D52" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>96.0</v>
+        <v>86.004</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>47</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>130.764</v>
+        <v>88.644</v>
       </c>
       <c r="D54" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
-        <v>138.0</v>
+        <v>96.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
-        <v>198.0</v>
+        <v>130.764</v>
       </c>
       <c r="D56" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
+        <v>138.0</v>
+      </c>
+      <c r="D57" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
+        <v>120</v>
+      </c>
+      <c r="C58">
+        <v>198.0</v>
+      </c>
+      <c r="D58" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
+        <v>122</v>
+      </c>
+      <c r="C59">
         <v>294.108</v>
       </c>
-      <c r="D57" t="s">
-        <v>31</v>
+      <c r="D59" t="s">
+        <v>15</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D58"/>
+  <autoFilter ref="A1:D60"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>