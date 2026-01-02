--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$129</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$125</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Easy" Input Pen for tablets and smartphones, white</t>
   </si>
   <si>
     <t>HAMA-125107</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama “Easy” input pen for tablet PCs and smartphones, 125106</t>
   </si>
   <si>
@@ -103,98 +103,104 @@
   <si>
     <t>Hama Charger with USB-A Socket, 6 W, black</t>
   </si>
   <si>
     <t>HAMA-201644</t>
   </si>
   <si>
     <t>Hama Car Charger, 2-Port USB, 2.4 A, 36 Pcs in Display</t>
   </si>
   <si>
     <t>HAMA-210545</t>
   </si>
   <si>
     <t>Hama Charger with USB-A Socket, 6 W, white</t>
   </si>
   <si>
     <t>HAMA-201645</t>
   </si>
   <si>
     <t>Hama "Eco" Car Charger, USB-C, 25 W, 187279</t>
   </si>
   <si>
     <t>HAMA-187279</t>
   </si>
   <si>
+    <t>HAMA Car charger Micro USB cable, 6 W, 1,0 m, black</t>
+  </si>
+  <si>
+    <t>HAMA-201608</t>
+  </si>
+  <si>
     <t>SKROSS Dual Car Charger 20 W PD</t>
   </si>
   <si>
     <t>SKROSS-SKCHCA0120WPDCN</t>
   </si>
   <si>
+    <t>BOYA Shock Mount BY-C03</t>
+  </si>
+  <si>
+    <t>BOYA-BY-C03</t>
+  </si>
+  <si>
     <t>Hama Car Charger, 2x USB-A, 12 W, 201636</t>
   </si>
   <si>
     <t>HAMA-201636</t>
   </si>
   <si>
     <t>Bluetooth Headphones ear buds MAXELL B13-EB2  BASS 13  black</t>
   </si>
   <si>
     <t>ML-AH-B13-EB2</t>
   </si>
   <si>
     <t>Universal smartphone holder, HAMA-201520</t>
   </si>
   <si>
     <t>HAMA-201520</t>
   </si>
   <si>
     <t>Hama "Eco" Charger, USB-C, 25W, 187278</t>
   </si>
   <si>
     <t>HAMA-187278</t>
   </si>
   <si>
     <t>Fast Charger for Car, USB-A, HAMA-201633</t>
   </si>
   <si>
     <t>HAMA-201633</t>
   </si>
   <si>
     <t>Hama Smartphone Holder, 8.2 cm, 1/4", Black</t>
   </si>
   <si>
     <t>HAMA-04637</t>
   </si>
   <si>
-    <t>BOYA Shock Mount BY-C03</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama Charger with 2x USB-A Ports, 12 W, black</t>
   </si>
   <si>
     <t>HAMA-201971</t>
   </si>
   <si>
     <t>Hama "Pro II" Smartphone Holder, 9.5 cm, 1/4", 04648</t>
   </si>
   <si>
     <t>HAMA-04648</t>
   </si>
   <si>
     <t>Charger with Micro-USB Connection, HAMA-201617</t>
   </si>
   <si>
     <t>HAMA-201617</t>
   </si>
   <si>
     <t>Charger with USB-C Connection, 12 W, HAMA-201618</t>
   </si>
   <si>
     <t>HAMA-201618</t>
   </si>
   <si>
     <t>HAMA-201627</t>
@@ -292,56 +298,50 @@
   <si>
     <t>Hama “Action One” Bluetooth® Headphones, True Wireless, Earbuds, black</t>
   </si>
   <si>
     <t>HAMA-221773</t>
   </si>
   <si>
     <t>Hama "Slim" Smartphone Bag as Handlebar Bag for Bicycles, Waterproof</t>
   </si>
   <si>
     <t>HAMA-210573</t>
   </si>
   <si>
     <t>External battery СКРОСС RELOAD 10, 10000 mAh, White</t>
   </si>
   <si>
     <t>SKROSS-1400130</t>
   </si>
   <si>
     <t>Hama Headrest Holder for Tablets from 7 - 12.9", 125120</t>
   </si>
   <si>
     <t>HAMA-125120</t>
   </si>
   <si>
-    <t>BOYA Shock Mount BY-C04</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "Finest Sports" Sports Wrist Strap for Mobile Phones, XL, anthracite</t>
   </si>
   <si>
     <t>HAMA-177995</t>
   </si>
   <si>
     <t>Hama "Eco Power 10" Power Pack, 10000 mAh, 187285</t>
   </si>
   <si>
     <t>HAMA-187285</t>
   </si>
   <si>
     <t>USB Power Supply Unit, 1.9 m, HAMA-223203</t>
   </si>
   <si>
     <t>HAMA-223203</t>
   </si>
   <si>
     <t>Hama Fast Charger with Micro-USB Charging Cable, 201621</t>
   </si>
   <si>
     <t>HAMA-201621</t>
   </si>
   <si>
     <t>Hama Fast Charger with USB-C Charging Cable, Qualcomm®, 19.5 W, 1.5 m, black</t>
@@ -490,56 +490,50 @@
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, purple</t>
   </si>
   <si>
     <t>HAMA-221760</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, pink</t>
   </si>
   <si>
     <t>HAMA-221761</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Green</t>
   </si>
   <si>
     <t>HAMA-221762</t>
   </si>
   <si>
     <t>Hama “Freedom Buddy II” Bluetooth® Headphones, TWS, Earbuds, Voice Control, Orange</t>
   </si>
   <si>
     <t>HAMA-221763</t>
   </si>
   <si>
-    <t>Hama “MyVoice1500” Mono-Bluetooth Headset, HAMA-184147</t>
-[...4 lines deleted...]
-  <si>
     <t>Hama "MyVoice Advanced" Mono Bluetooth® Headset, Multi-p., Volume Control, blk</t>
   </si>
   <si>
     <t>HAMA-184185</t>
   </si>
   <si>
     <t>Delock Keystone Module USB Type-C Charging Port 2.1 A white</t>
   </si>
   <si>
     <t>DELOCK-87792</t>
   </si>
   <si>
     <t>Hama "Hiflex" Display Protection for Samsung Galaxy S22+/S23+</t>
   </si>
   <si>
     <t>HAMA-213074</t>
   </si>
   <si>
     <t>Hama "Performance 10" Power Pack, 10000 mAh, 201709</t>
   </si>
   <si>
     <t>HAMA-201709</t>
   </si>
   <si>
     <t>Hama "Teens Guard II" Bluetooth® Children's Headphones, 184183</t>
@@ -673,108 +667,90 @@
   <si>
     <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, black</t>
   </si>
   <si>
     <t>HAMA-184172</t>
   </si>
   <si>
     <t>Hama “Spirit Chop II” Bluetooth® Headphones, TWS, In-Ear, Equaliser, white</t>
   </si>
   <si>
     <t>HAMA-184173</t>
   </si>
   <si>
     <t>Hama "Spirit Unchained" Bluetooth® Headphones, True Wireless Earbuds, ENC, FC, black</t>
   </si>
   <si>
     <t>HAMA-184174</t>
   </si>
   <si>
     <t>Hama "Spirit Calypso III" Bluetooth® Headphones, Over-Ear, Bass Boost, Fold, blk</t>
   </si>
   <si>
     <t>HAMA-221779</t>
   </si>
   <si>
+    <t>Hama Fast Charger, 2x USB-C, 1x USB-A, Flat Mini Charger, PD, 65 W, wht</t>
+  </si>
+  <si>
+    <t>HAMA-201976</t>
+  </si>
+  <si>
     <t>Hama 4-Port Charging Stn, Fast Charger, 2x USB-C, 2x USB-A, PD, 60 W, blk</t>
   </si>
   <si>
     <t>HAMA-201628</t>
   </si>
   <si>
     <t>Hama “High Power” Power Pack, 200 W, 24000 mAh, 2x USB-C, USB-A, Quick Charging</t>
   </si>
   <si>
     <t>HAMA-201743</t>
   </si>
   <si>
     <t>Stylus for Tablet Apple Pencil (USB-C), MUWA3ZM/A</t>
   </si>
   <si>
     <t>APPLE-PENCIL1</t>
   </si>
   <si>
-    <t>JBL Tune T770NC Wireless Headphones Black</t>
-[...10 lines deleted...]
-  <si>
     <t>Bluetooth headphones Apple AirPods 4 (USB-C)</t>
   </si>
   <si>
     <t>APPLE-MXP63ZM-A</t>
   </si>
   <si>
-    <t>Stylus for Tablet APPLE PENCIL PRO, MX2D3ZM</t>
-[...16 lines deleted...]
-  <si>
     <t>Smartphone Apple iPhone 16 Pro Max 256GB Natural Titanium</t>
   </si>
   <si>
     <t>APPLE-MYWY3ZD-A</t>
+  </si>
+  <si>
+    <t>Smartphone Apple iPhone 17 Pro Max 256GB Deep Blue</t>
+  </si>
+  <si>
+    <t>APPLE-MFYP4ZD-A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1078,61 +1054,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D129"/>
+  <dimension ref="A1:D125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
@@ -1243,527 +1219,527 @@
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>12.66</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>13.596</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>14.4</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
-        <v>14.844</v>
+        <v>14.4</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
-        <v>15.0</v>
+        <v>14.844</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>15.0</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
-        <v>15.42</v>
+        <v>15.0</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
-        <v>15.6</v>
+        <v>15.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
-        <v>15.864</v>
+        <v>15.42</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
-        <v>16.044</v>
+        <v>15.6</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
-        <v>16.08</v>
+        <v>15.864</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
-        <v>16.08</v>
+        <v>16.044</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
-        <v>16.296</v>
+        <v>16.08</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>16.704</v>
+        <v>16.296</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
-        <v>16.956</v>
+        <v>16.704</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
-        <v>17.208</v>
+        <v>16.956</v>
       </c>
       <c r="D25" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B26" t="s">
         <v>55</v>
       </c>
       <c r="C26">
-        <v>18.0</v>
+        <v>17.208</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>56</v>
       </c>
       <c r="B27" t="s">
         <v>57</v>
       </c>
       <c r="C27">
         <v>18.0</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>58</v>
       </c>
       <c r="B28" t="s">
         <v>59</v>
       </c>
       <c r="C28">
-        <v>18.024</v>
+        <v>18.0</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>60</v>
       </c>
       <c r="B29" t="s">
         <v>61</v>
       </c>
       <c r="C29">
-        <v>18.216</v>
+        <v>18.024</v>
       </c>
       <c r="D29" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>62</v>
       </c>
       <c r="B30" t="s">
         <v>63</v>
       </c>
       <c r="C30">
-        <v>18.996</v>
+        <v>18.216</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>65</v>
       </c>
       <c r="C31">
-        <v>19.08</v>
+        <v>18.996</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
         <v>67</v>
       </c>
       <c r="C32">
-        <v>19.2</v>
+        <v>19.08</v>
       </c>
       <c r="D32" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>68</v>
       </c>
       <c r="B33" t="s">
         <v>69</v>
       </c>
       <c r="C33">
         <v>19.2</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>19.236</v>
+        <v>19.2</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>72</v>
       </c>
       <c r="B35" t="s">
         <v>73</v>
       </c>
       <c r="C35">
-        <v>19.992</v>
+        <v>19.236</v>
       </c>
       <c r="D35" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>74</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36">
-        <v>20.4</v>
+        <v>19.992</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>77</v>
       </c>
       <c r="C37">
-        <v>20.748</v>
+        <v>20.4</v>
       </c>
       <c r="D37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>78</v>
       </c>
       <c r="B38" t="s">
         <v>79</v>
       </c>
       <c r="C38">
-        <v>20.844</v>
+        <v>20.748</v>
       </c>
       <c r="D38" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>80</v>
       </c>
       <c r="B39" t="s">
         <v>81</v>
       </c>
       <c r="C39">
-        <v>21.0</v>
+        <v>20.844</v>
       </c>
       <c r="D39" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>82</v>
       </c>
       <c r="B40" t="s">
         <v>83</v>
       </c>
       <c r="C40">
         <v>21.0</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>85</v>
       </c>
       <c r="C41">
-        <v>21.108</v>
+        <v>21.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>87</v>
       </c>
       <c r="C42">
-        <v>21.516</v>
+        <v>21.108</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>88</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43">
-        <v>21.6</v>
+        <v>21.516</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>90</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44">
-        <v>22.008</v>
+        <v>21.6</v>
       </c>
       <c r="D44" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>92</v>
       </c>
       <c r="B45" t="s">
         <v>93</v>
       </c>
       <c r="C45">
-        <v>22.8</v>
+        <v>22.008</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>94</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46">
         <v>22.8</v>
       </c>
       <c r="D46" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>96</v>
       </c>
       <c r="B47" t="s">
         <v>97</v>
       </c>
       <c r="C47">
         <v>22.8</v>
@@ -1789,79 +1765,79 @@
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>101</v>
       </c>
       <c r="C49">
         <v>23.292</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>103</v>
       </c>
       <c r="C50">
         <v>23.46</v>
       </c>
       <c r="D50" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>104</v>
       </c>
       <c r="B51" t="s">
         <v>105</v>
       </c>
       <c r="C51">
         <v>23.46</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>106</v>
       </c>
       <c r="B52" t="s">
         <v>107</v>
       </c>
       <c r="C52">
         <v>23.544</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>109</v>
       </c>
       <c r="C53">
         <v>23.652</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>110</v>
       </c>
       <c r="B54" t="s">
         <v>111</v>
       </c>
       <c r="C54">
         <v>23.916</v>
@@ -2178,261 +2154,261 @@
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>156</v>
       </c>
       <c r="B77" t="s">
         <v>157</v>
       </c>
       <c r="C77">
         <v>30.0</v>
       </c>
       <c r="D77" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>158</v>
       </c>
       <c r="B78" t="s">
         <v>159</v>
       </c>
       <c r="C78">
-        <v>30.06</v>
+        <v>30.672</v>
       </c>
       <c r="D78" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>160</v>
       </c>
       <c r="B79" t="s">
         <v>161</v>
       </c>
       <c r="C79">
-        <v>30.672</v>
+        <v>31.584</v>
       </c>
       <c r="D79" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
-        <v>31.584</v>
+        <v>31.872</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
-        <v>31.872</v>
+        <v>31.992</v>
       </c>
       <c r="D81" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
-        <v>31.992</v>
+        <v>32.4</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>32.4</v>
       </c>
       <c r="D83" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>170</v>
       </c>
       <c r="B84" t="s">
         <v>171</v>
       </c>
       <c r="C84">
-        <v>32.4</v>
+        <v>32.76</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>172</v>
       </c>
       <c r="B85" t="s">
         <v>173</v>
       </c>
       <c r="C85">
-        <v>32.76</v>
+        <v>33.168</v>
       </c>
       <c r="D85" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>174</v>
       </c>
       <c r="B86" t="s">
         <v>175</v>
       </c>
       <c r="C86">
-        <v>33.168</v>
+        <v>33.588</v>
       </c>
       <c r="D86" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>177</v>
       </c>
       <c r="C87">
-        <v>33.588</v>
+        <v>33.6</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>178</v>
       </c>
       <c r="B88" t="s">
         <v>179</v>
       </c>
       <c r="C88">
-        <v>33.6</v>
+        <v>34.8</v>
       </c>
       <c r="D88" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
+        <v>178</v>
+      </c>
+      <c r="B89" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C89">
         <v>34.8</v>
       </c>
       <c r="D89" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B90" t="s">
         <v>182</v>
       </c>
       <c r="C90">
         <v>34.8</v>
       </c>
       <c r="D90" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>183</v>
       </c>
       <c r="B91" t="s">
         <v>184</v>
       </c>
       <c r="C91">
         <v>34.8</v>
       </c>
       <c r="D91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>185</v>
       </c>
       <c r="B92" t="s">
         <v>186</v>
       </c>
       <c r="C92">
         <v>34.8</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>187</v>
       </c>
       <c r="B93" t="s">
         <v>188</v>
       </c>
       <c r="C93">
-        <v>34.8</v>
+        <v>34.992</v>
       </c>
       <c r="D93" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>189</v>
       </c>
       <c r="B94" t="s">
         <v>190</v>
       </c>
       <c r="C94">
         <v>34.992</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>191</v>
       </c>
       <c r="B95" t="s">
         <v>192</v>
@@ -2489,115 +2465,115 @@
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>199</v>
       </c>
       <c r="B99" t="s">
         <v>200</v>
       </c>
       <c r="C99">
         <v>34.992</v>
       </c>
       <c r="D99" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>201</v>
       </c>
       <c r="B100" t="s">
         <v>202</v>
       </c>
       <c r="C100">
         <v>34.992</v>
       </c>
       <c r="D100" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>203</v>
       </c>
       <c r="B101" t="s">
         <v>204</v>
       </c>
       <c r="C101">
         <v>34.992</v>
       </c>
       <c r="D101" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="B102" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="C102">
-        <v>15.0</v>
+        <v>14.4</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="B103" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="C103">
-        <v>16.08</v>
+        <v>15.0</v>
       </c>
       <c r="D103" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B104" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C104">
         <v>18.216</v>
       </c>
       <c r="D104" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B105" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C105">
         <v>21.108</v>
       </c>
       <c r="D105" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>114</v>
       </c>
       <c r="B106" t="s">
         <v>115</v>
       </c>
       <c r="C106">
         <v>24.0</v>
       </c>
       <c r="D106" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>148</v>
@@ -2668,121 +2644,121 @@
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>205</v>
       </c>
       <c r="B112" t="s">
         <v>206</v>
       </c>
       <c r="C112">
         <v>34.992</v>
       </c>
       <c r="D112" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>207</v>
       </c>
       <c r="B113" t="s">
         <v>208</v>
       </c>
       <c r="C113">
-        <v>34.992</v>
+        <v>39.0</v>
       </c>
       <c r="D113" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>209</v>
       </c>
       <c r="B114" t="s">
         <v>210</v>
       </c>
       <c r="C114">
-        <v>39.0</v>
+        <v>48.9</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>211</v>
       </c>
       <c r="B115" t="s">
         <v>212</v>
       </c>
       <c r="C115">
         <v>48.9</v>
       </c>
       <c r="D115" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>213</v>
       </c>
       <c r="B116" t="s">
         <v>214</v>
       </c>
       <c r="C116">
-        <v>48.9</v>
+        <v>54.432</v>
       </c>
       <c r="D116" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>215</v>
       </c>
       <c r="B117" t="s">
         <v>216</v>
       </c>
       <c r="C117">
-        <v>54.432</v>
+        <v>54.996</v>
       </c>
       <c r="D117" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>217</v>
       </c>
       <c r="B118" t="s">
         <v>218</v>
       </c>
       <c r="C118">
-        <v>54.996</v>
+        <v>56.556</v>
       </c>
       <c r="D118" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>219</v>
       </c>
       <c r="B119" t="s">
         <v>220</v>
       </c>
       <c r="C119">
         <v>69.6</v>
       </c>
       <c r="D119" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>221</v>
       </c>
       <c r="B120" t="s">
         <v>222</v>
@@ -2794,142 +2770,86 @@
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>223</v>
       </c>
       <c r="B121" t="s">
         <v>224</v>
       </c>
       <c r="C121">
         <v>183.24</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>225</v>
       </c>
       <c r="B122" t="s">
         <v>226</v>
       </c>
       <c r="C122">
-        <v>249.0</v>
+        <v>304.86</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>227</v>
       </c>
       <c r="B123" t="s">
         <v>228</v>
       </c>
       <c r="C123">
-        <v>249.0</v>
+        <v>3029.76</v>
       </c>
       <c r="D123" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>229</v>
       </c>
       <c r="B124" t="s">
         <v>230</v>
       </c>
       <c r="C124">
-        <v>304.86</v>
+        <v>3161.112</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="125" spans="1:4">
-[...54 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D129"/>
+  <autoFilter ref="A1:D125"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>