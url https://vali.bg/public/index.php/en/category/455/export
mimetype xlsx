--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$31</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Fancy 2in1" Mini Tripod for Mobile Phone &amp; Camera (1/4"), Travel Tripod, 16cm, silver</t>
   </si>
   <si>
     <t>HAMA-04666</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Quick Release Plate for "Star 55-64", "Star 200", "Gamma 153", "Action 165"</t>
   </si>
   <si>
@@ -197,56 +197,50 @@
     <t>HAMA-04162</t>
   </si>
   <si>
     <t>Tripod HAMA "Star 63", 04163</t>
   </si>
   <si>
     <t>HAMA-04163</t>
   </si>
   <si>
     <t>Hama "Traveller Pro" Tripod for Smartphones, GoPro, 04631</t>
   </si>
   <si>
     <t>HAMA-04631</t>
   </si>
   <si>
     <t>Hama "Star 64" Tripod, to 185cm, 04464</t>
   </si>
   <si>
     <t>HAMA-04464</t>
   </si>
   <si>
     <t>Tripod HAMA "Traveller 117 Ball", 04290</t>
   </si>
   <si>
     <t>HAMA-04290</t>
-  </si>
-[...4 lines deleted...]
-    <t>ELGATO-10AAQ9901</t>
   </si>
   <si>
     <t>Tripod HAMA "Traveller 163 Ball", 04291</t>
   </si>
   <si>
     <t>HAMA-04291</t>
   </si>
   <si>
     <t>Hama Photo Background System 158 - 295 cm, HAMA-21202</t>
   </si>
   <si>
     <t>HAMA-21202</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -562,60 +556,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="108.402" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="16.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
@@ -741,65 +735,65 @@
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>31.2</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>32.04</v>
       </c>
       <c r="D12" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>34.512</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>34.8</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>34.92</v>
@@ -811,51 +805,51 @@
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>38.856</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>40.296</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>40.92</v>
       </c>
       <c r="D18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>41.808</v>
@@ -895,65 +889,65 @@
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>51.288</v>
       </c>
       <c r="D22" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>52.8</v>
       </c>
       <c r="D23" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>57.0</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>67.2</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>69.156</v>
@@ -976,86 +970,72 @@
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>89.208</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
-        <v>100.8</v>
+        <v>141.36</v>
       </c>
       <c r="D29" t="s">
-        <v>22</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>141.36</v>
+        <v>247.02</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
-[...12 lines deleted...]
-      <c r="D31" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D32"/>
+  <autoFilter ref="A1:D31"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>