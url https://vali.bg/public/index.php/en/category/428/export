--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -828,51 +828,51 @@
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>0.0</v>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>151.248</v>
       </c>
       <c r="D18" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>186.0</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>215.844</v>