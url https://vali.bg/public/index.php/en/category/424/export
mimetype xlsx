--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -205,74 +205,74 @@
   <si>
     <t>ESTILLO Projector Mount for Ceiling Mounting</t>
   </si>
   <si>
     <t>EST-PROJECTOR-108786</t>
   </si>
   <si>
     <t>Projector Wall mount celexon MultiCel 4070W</t>
   </si>
   <si>
     <t>CELEXON-1090154</t>
   </si>
   <si>
     <t>Universal Ceiling Mount BenQ CM00G3</t>
   </si>
   <si>
     <t>BENQ-MOUNT-CM00G3</t>
   </si>
   <si>
     <t>Hama Screen with tripod, 125 x 125 cm, 2-in-1, mobile set, 21575</t>
   </si>
   <si>
     <t>HAMA-21575</t>
   </si>
   <si>
+    <t>Projector Wall mount celexon MultiCel 63100S</t>
+  </si>
+  <si>
+    <t>CELEXON-1090299</t>
+  </si>
+  <si>
+    <t>Hama Projector Table with 2 Levels, HAMA-77510</t>
+  </si>
+  <si>
+    <t>HAMA-77510</t>
+  </si>
+  <si>
+    <t>Hama Screen with tripod, 155 x 155 cm, 2-in-1, 21574</t>
+  </si>
+  <si>
+    <t>HAMA-21574</t>
+  </si>
+  <si>
     <t>Tripod Projection Screen ESTILLO, 180 x 180, 1:1, White</t>
   </si>
   <si>
     <t>EST-SCREEN-TRIPOD-180</t>
   </si>
   <si>
-    <t>Projector Wall mount celexon MultiCel 63100S</t>
-[...16 lines deleted...]
-  <si>
     <t>Roller Projection Screen ESTILLO Roller Projector, 180 x 180, 1:1</t>
   </si>
   <si>
     <t>EST-SCREEN-ROLLER</t>
   </si>
   <si>
     <t>Hama Screen with tripod, 180 x 180 cm, 2-in-1, mobile set, 21573</t>
   </si>
   <si>
     <t>HAMA-21573</t>
   </si>
   <si>
     <t>Projector Wall mount celexon Multicel WM800</t>
   </si>
   <si>
     <t>CELEXON-1090381</t>
   </si>
   <si>
     <t>Hama Roll-up screen, 175 x 175 cm, mobile, 21576</t>
   </si>
   <si>
     <t>HAMA-21576</t>
   </si>
   <si>
     <t>Wireless Presenter Logitech Spotlight Plus, Bluetooth, 2.4 GHz</t>
@@ -394,72 +394,72 @@
   <si>
     <t>Projector NEC NEC ME383W, 1280 x 800 (WXGA) , 3800 ANSI, LCD, 16000:1</t>
   </si>
   <si>
     <t>NEC-PROJ-ME383W</t>
   </si>
   <si>
     <t>Projector BenQ MX808STH</t>
   </si>
   <si>
     <t>BENQ-PROJ-MX808STH</t>
   </si>
   <si>
     <t>Projector BenQ MW809STH</t>
   </si>
   <si>
     <t>BENQ-PROJ-MW809STH</t>
   </si>
   <si>
     <t>BenQ MX825STH Short Throw Golf Simulator Projector with Easy Setup</t>
   </si>
   <si>
     <t>BENQ-PROJ-MX825STH</t>
   </si>
   <si>
+    <t>Projector BenQ TH585P DLP</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-TH585P</t>
+  </si>
+  <si>
+    <t>BenQ Portable Projectors BenQ GV50</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-GV50</t>
+  </si>
+  <si>
+    <t>Portable projector BenQ GV50P BLACK, 550 lm, 1080p, Laser, REC 709, TR1.2, HDMI2.0, USB-C (USB DP/PD), Google TV, 16W (2.1CH) treVolo BT Spk, battery</t>
+  </si>
+  <si>
+    <t>BENQ-PROJ-GV50P-BL</t>
+  </si>
+  <si>
     <t>Projector BenQ MH560</t>
   </si>
   <si>
     <t>BENQ-PROJ-MH560</t>
-  </si>
-[...16 lines deleted...]
-    <t>BENQ-PROJ-GV50P-BL</t>
   </si>
   <si>
     <t>BenQ LW500ST Laser Projector with 2000 Lumens &amp; Short Throw Lens</t>
   </si>
   <si>
     <t>BENQ-PROJ-LW500ST</t>
   </si>
   <si>
     <t>Projector BenQ EW600</t>
   </si>
   <si>
     <t>BENQ-PROJ-EW600</t>
   </si>
   <si>
     <t>BenQ Home Cinema Projector TH685P, 1080p HDR, 3500lm</t>
   </si>
   <si>
     <t>BENQ-PROJ-TH685P</t>
   </si>
   <si>
     <t>BenQ Portable Projectors GP100 DLP</t>
   </si>
   <si>
     <t>BENQ-PROJ-GP100</t>
   </si>
@@ -1341,152 +1341,152 @@
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>141.372</v>
       </c>
       <c r="D29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>144.0</v>
+        <v>0.0</v>
       </c>
       <c r="D30" t="s">
-        <v>31</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
-        <v>0.0</v>
+        <v>151.248</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
-        <v>151.248</v>
+        <v>155.688</v>
       </c>
       <c r="D32" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>155.688</v>
+        <v>174.0</v>
       </c>
       <c r="D33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>180.0</v>
       </c>
       <c r="D34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>183.852</v>
       </c>
       <c r="D35" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>186.0</v>
       </c>
       <c r="D36" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>198.12</v>
       </c>
       <c r="D37" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>215.844</v>
       </c>
       <c r="D38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>222.0</v>
@@ -1680,51 +1680,51 @@
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>110</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53">
         <v>678.0</v>
       </c>
       <c r="D53" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>112</v>
       </c>
       <c r="B54" t="s">
         <v>113</v>
       </c>
       <c r="C54">
         <v>778.992</v>
       </c>
       <c r="D54" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>114</v>
       </c>
       <c r="B55" t="s">
         <v>115</v>
       </c>
       <c r="C55">
         <v>827.472</v>
       </c>
       <c r="D55" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>116</v>
       </c>
       <c r="B56" t="s">
         <v>117</v>
       </c>
       <c r="C56">
         <v>0.0</v>
@@ -1775,96 +1775,96 @@
         <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>124</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60">
         <v>1246.8</v>
       </c>
       <c r="D60" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61">
-        <v>1248.996</v>
+        <v>1349.004</v>
       </c>
       <c r="D61" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>128</v>
       </c>
       <c r="B62" t="s">
         <v>129</v>
       </c>
       <c r="C62">
-        <v>1349.004</v>
+        <v>1349.532</v>
       </c>
       <c r="D62" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>130</v>
       </c>
       <c r="B63" t="s">
         <v>131</v>
       </c>
       <c r="C63">
         <v>1349.532</v>
       </c>
       <c r="D63" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>132</v>
       </c>
       <c r="B64" t="s">
         <v>133</v>
       </c>
       <c r="C64">
-        <v>1349.532</v>
+        <v>1380.0</v>
       </c>
       <c r="D64" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>134</v>
       </c>
       <c r="B65" t="s">
         <v>135</v>
       </c>
       <c r="C65">
         <v>1380.0</v>
       </c>
       <c r="D65" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>136</v>
       </c>
       <c r="B66" t="s">
         <v>137</v>
       </c>
       <c r="C66">
         <v>1434.0</v>
@@ -2016,51 +2016,51 @@
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>158</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77">
         <v>2499.0</v>
       </c>
       <c r="D77" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>160</v>
       </c>
       <c r="B78" t="s">
         <v>161</v>
       </c>
       <c r="C78">
         <v>2698.992</v>
       </c>
       <c r="D78" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>162</v>
       </c>
       <c r="B79" t="s">
         <v>163</v>
       </c>
       <c r="C79">
         <v>2880.0</v>
       </c>
       <c r="D79" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>164</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80">
         <v>3099.0</v>