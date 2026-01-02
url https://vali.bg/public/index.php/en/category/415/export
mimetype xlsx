--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -52,59 +52,59 @@
   <si>
     <t>Wireless Access Point EDIMAX EW-7438RPN Mini Wi-Fi Extender/Access Point/Wi-Fi Bridge, 802.11 b/g/n</t>
   </si>
   <si>
     <t>EDIM-EW-7438RPN-MINI</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
   </si>
   <si>
     <t>Wireless Range Extender D-Link DAP-1325/E, N 300</t>
   </si>
   <si>
     <t>D-LINK-DAP-1325-E</t>
   </si>
   <si>
     <t>not available</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik hAP lite RB951G-2HnD, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, Classic</t>
   </si>
   <si>
     <t>MIKROTIK-RB941-2nD</t>
   </si>
   <si>
+    <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
+  </si>
+  <si>
+    <t>D-LINK-DAP-1610-E</t>
+  </si>
+  <si>
     <t>available</t>
   </si>
   <si>
-    <t>Wireless Range Extender  D-Link DAP-1610/E Wireless AC1200 Dual Band</t>
-[...4 lines deleted...]
-  <si>
     <t>Wireless Range Extender Cudy RE1200, 2.4/5 GHz, 300 - 867 Mbps, 10/100</t>
   </si>
   <si>
     <t>CUDY-AP-RE1200</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik hAP lite RB941-2nD-TC, 32MB RAM, 4xLAN, built-in 2.4Ghz 802.11b/g/n, tower case</t>
   </si>
   <si>
     <t>MIKROTIK-RB941-2nD-TC</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik cAP lite RBcAPL-2nD, ceiling, 64MB RAM, 1xLAN 10/100, 802.3af/at, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAPL-2ND</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik mAP Lite RBmAPL-2nD, 64MB RAM, 1xLAN 10/100, 802.3af/at</t>
   </si>
   <si>
     <t>MIKROTIK-RBmAPL-2ND</t>
   </si>
   <si>
     <t>Wireless Range Extender / AP Cudy RE1500 WiFI5, AC1200, 1x10/100 Gigabit Ethernet Port</t>
@@ -259,144 +259,144 @@
   <si>
     <t>Wireless Access Point MikroTik wAP ac RBwAPG-5HacD2HnD, 2 x 10/100/1000, 2.4 GHz (300Mpbs)/5GHz (867Mbps)</t>
   </si>
   <si>
     <t>MIKROTIK-RBwAPG-5HacD2HnD</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik wAP ax - wAPG-5HaxD2HaxD, Външен, 2.4 GHz (574Mpbs)/5GHz (2400Mbps)</t>
   </si>
   <si>
     <t>MIKROTIK-wAPG-5HaxD2HaxD</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik RbcAPGi-5acD2nD, for ceiling, 128MB RAM, 2 x Gbit LAN, 2.4Ghz 802.11b / g / n, 5GHz 802.11an / ac, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBcAPGi-5acD2nD</t>
   </si>
   <si>
     <t>Wireless Access Point MikroTik RBcAP2nD, ceiling, 128MB RAM, 2xLAN 10/100/100, 2.4/5Ghz, RouterOS</t>
   </si>
   <si>
     <t>MIKROT-RBcAPGi-5acD2nD-XL</t>
   </si>
   <si>
+    <t>Antenna MIKROTIK - RB911G-2HPnD-12S, 120 dBi, 2.4 GHz,  600 MHz,Dual polarization</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RB911G-2HPnD-12S</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wireless Access Point MikroTik Metal 52 ac RBMetalG-52SHPacn, 64MB RAM, 2.4/5GHz </t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBMET-52SHPACN</t>
+  </si>
+  <si>
+    <t>MIKROTIK LHG XL HP5 - RBLHG-5HPnD-XL Antenna, 27 dBi, 5 GHz, PtP</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBLHG-5HPnD-XL</t>
+  </si>
+  <si>
+    <t>Antenna MIKROTIK TIK-RBSXTG-5HPacD-SA, SXT SA5 ac, 13dBi 2x2, Dual-polarized</t>
+  </si>
+  <si>
+    <t>MIKROTIK-RBSXTG-5HPacD-SA</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA50AX PRO, WiFi6, AX3000, PoE</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA50AXPRO</t>
+  </si>
+  <si>
+    <t>dual-chain outdoor device MikroTik NetBox 5 ax, 10/100/1000, 5GHz</t>
+  </si>
+  <si>
+    <t>MIKROTIK-L11UG-5HaxD-NB</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL NWA55AX, WiFi6, AX1800, PoE, outdoor</t>
+  </si>
+  <si>
+    <t>ZYXEL-NWA55AX</t>
+  </si>
+  <si>
+    <t>Access Point Ubiqiti AC Mesh, 2.4/5 GHz, 300 - 867Mbps</t>
+  </si>
+  <si>
+    <t>UB-UAP-AC-M</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik hAP AC RB962UiGS-5HacT2HnT, 5x 10/100/1000, USB 2.0</t>
+  </si>
+  <si>
+    <t>MIKROT-RB962UiGS-5HacT2Hn</t>
+  </si>
+  <si>
+    <t>Wireless Access Point MikroTik cAP AX cAPGi-5HaxD2HaxD, 2.4/5 GHz, PoE in, PoE оut</t>
+  </si>
+  <si>
+    <t>MIKROT-cAPGi-5HaxD2HaxD</t>
+  </si>
+  <si>
+    <t>Dual-Radio Access Point ZYXEL WAX300H, 2.4/5GHz, 575/2400Mbps</t>
+  </si>
+  <si>
+    <t>ZYXEL-WAX300H</t>
+  </si>
+  <si>
+    <t>TP-Link Deco M5, AC1300 Whole Home Mesh Wi-Fi System(2-pack)</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-M5-2PACK</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL  WAC5302D-Sv2, AC1200, 3xGbE LAN/WAN</t>
+  </si>
+  <si>
+    <t>ZYXEL-WAC5302D-SV2</t>
+  </si>
+  <si>
+    <t>Wireless Access Point ZYXEL WAC500, AC1200, GbE LAN/WAN</t>
+  </si>
+  <si>
+    <t>ZYXEL-WAC500</t>
+  </si>
+  <si>
+    <t>TP-Link Deco X50, 2 pack, 3x LAN/WAN, 2.4/5 GHz, 574 -  2402 Mbps, Gigabit</t>
+  </si>
+  <si>
+    <t>TP-TL-DECO-X50-OUTD-2PACK</t>
+  </si>
+  <si>
     <t>Wireless Access Point ZYXEL NWA90AX PRO, WiFi6, AX3000, PoE</t>
   </si>
   <si>
     <t>ZYXEL-NWA90AX-PRO</t>
-  </si>
-[...88 lines deleted...]
-    <t>TP-TL-DECO-X50-OUTD-2PACK</t>
   </si>
   <si>
     <t>MikroTik, Tri-band (one 2.4 GHz &amp; two 5 GHz) home access point with meshing technology</t>
   </si>
   <si>
     <t>MIKRO-RBD25G-5HPacQD2HPND</t>
   </si>
   <si>
     <t>Access Point MikroTik RBwAPGR-5HacD2HnD&amp;R11e, 128MB RAM, 2.4 - 5 GHz, 300 - 867 Mbps, RouterOS</t>
   </si>
   <si>
     <t>MIKROTIK-RBwAPGR-5HacD2Hn</t>
   </si>
   <si>
     <t>Access Point Ubiqiti U6-PRO, 2.4/5 GHz, 573.5 - 4800Mbps, 4x4MIMO, no PoE, White</t>
   </si>
   <si>
     <t>UBIQUITI-U6-PRO</t>
   </si>
   <si>
     <t>Mikrotik mANTBox ax 15s, L22UGS-5HaxD2HaxD-15S, 2.4/5GHz</t>
   </si>
   <si>
     <t>MIKROT-L22UGS-5HaxD2HaxD</t>
   </si>
@@ -827,233 +827,233 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>48.528</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>50.076</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>54.6</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>54.984</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>55.2</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>62.4</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>68.64</v>
       </c>
       <c r="D9" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>69.0</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>74.988</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>76.104</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>78.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>80.292</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>82.8</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>88.248</v>
       </c>
       <c r="D16" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>88.992</v>
       </c>
       <c r="D17" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>92.4</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>96.48</v>
@@ -1065,93 +1065,93 @@
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>99.0</v>
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>99.0</v>
       </c>
       <c r="D21" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>99.984</v>
       </c>
       <c r="D22" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>107.04</v>
+        <v>100.164</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>108.996</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>112.5</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>114.936</v>
@@ -1163,135 +1163,135 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>121.764</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>124.884</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>129.264</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>135.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>139.524</v>
       </c>
       <c r="D31" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>144.0</v>
       </c>
       <c r="D32" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>153.384</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>154.176</v>
       </c>
       <c r="D34" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>181.536</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>189.228</v>
@@ -1314,264 +1314,264 @@
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>202.8</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
-        <v>207.6</v>
+        <v>209.232</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
-        <v>209.232</v>
+        <v>221.424</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
-        <v>221.424</v>
+        <v>225.6</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
-        <v>225.6</v>
+        <v>225.72</v>
       </c>
       <c r="D42" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>89</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43">
-        <v>225.72</v>
+        <v>230.58</v>
       </c>
       <c r="D43" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
-        <v>230.58</v>
+        <v>236.616</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
-        <v>236.616</v>
+        <v>238.656</v>
       </c>
       <c r="D45" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
-        <v>238.656</v>
+        <v>238.8</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
-        <v>238.8</v>
+        <v>243.72</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>100</v>
       </c>
       <c r="C48">
-        <v>243.72</v>
+        <v>252.648</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>101</v>
       </c>
       <c r="B49" t="s">
         <v>102</v>
       </c>
       <c r="C49">
-        <v>252.648</v>
+        <v>262.8</v>
       </c>
       <c r="D49" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>103</v>
       </c>
       <c r="B50" t="s">
         <v>104</v>
       </c>
       <c r="C50">
-        <v>262.8</v>
+        <v>289.836</v>
       </c>
       <c r="D50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>105</v>
       </c>
       <c r="B51" t="s">
         <v>106</v>
       </c>
       <c r="C51">
-        <v>289.836</v>
+        <v>300.0</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
-        <v>300.0</v>
+        <v>306.552</v>
       </c>
       <c r="D52" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
-        <v>306.552</v>
+        <v>309.0</v>
       </c>
       <c r="D53" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
-        <v>309.0</v>
+        <v>324.0</v>
       </c>
       <c r="D54" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>348.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>358.8</v>