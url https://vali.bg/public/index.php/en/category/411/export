--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -43,138 +43,138 @@
   <si>
     <t>Ref. number</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Hama "Basic" USB 2.0 OTG Cardreader</t>
   </si>
   <si>
     <t>HAMA-181056</t>
   </si>
   <si>
     <t>available</t>
   </si>
   <si>
     <t>Hama USB card reader, USB 2.0, 200132</t>
   </si>
   <si>
     <t>HAMA-200132</t>
   </si>
   <si>
+    <t>Card Reader Silicon Power C200 MicroSD - USB Type C</t>
+  </si>
+  <si>
+    <t>SLP-SD-MREDC2000K</t>
+  </si>
+  <si>
     <t>AC card reader NITROX CI-02 3.5" internal USB2.0</t>
   </si>
   <si>
     <t>INTER-TECH-READER</t>
   </si>
   <si>
-    <t>Card Reader Silicon Power C200 MicroSD - USB Type C</t>
-[...2 lines deleted...]
-    <t>SLP-SD-MREDC2000K</t>
+    <t>Card Reader HAMA 91092, 8 in 1</t>
+  </si>
+  <si>
+    <t>HAMA-91092</t>
+  </si>
+  <si>
+    <t>not available</t>
+  </si>
+  <si>
+    <t>Hama "All in One" USB Card Reader, 200129</t>
+  </si>
+  <si>
+    <t>HAMA-200129</t>
+  </si>
+  <si>
+    <t>Hama USB Card Reader, USB-C</t>
+  </si>
+  <si>
+    <t>HAMA-200131</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Card Reader, 123900</t>
+  </si>
+  <si>
+    <t>HAMA-123900</t>
+  </si>
+  <si>
+    <t>Card Reader Kingston MobileLite Plus SD</t>
+  </si>
+  <si>
+    <t>KIN-READ-MLP</t>
+  </si>
+  <si>
+    <t>Card Reader Kingston MobileLite Plus microSD</t>
+  </si>
+  <si>
+    <t>KIN-READ-MLPM</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Multi Card Reader, 124022</t>
+  </si>
+  <si>
+    <t>HAMA-124022</t>
+  </si>
+  <si>
+    <t>Hama "35in1" USB 2.0 Multi Card Reader</t>
+  </si>
+  <si>
+    <t>HAMA-55348</t>
+  </si>
+  <si>
+    <t>Hama USB 3.0 Multi-Card Reader</t>
+  </si>
+  <si>
+    <t>HAMA-181018</t>
+  </si>
+  <si>
+    <t>ACT USB 2.0 Smart Card ID reader</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-READER-AC6015</t>
+  </si>
+  <si>
+    <t>Hama "All in One" USB Card Reader, 200128</t>
+  </si>
+  <si>
+    <t>HAMA-200128</t>
+  </si>
+  <si>
+    <t>ACT USB-C card reader for SD and micro SD, SD 4.0 UHS-II</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-AC7056</t>
   </si>
   <si>
     <t>limited availability (up to 3)</t>
-  </si>
-[...73 lines deleted...]
-    <t>EWENT-ACT-AC7056</t>
   </si>
   <si>
     <t>External USB-C Smartcard eID Card Reader</t>
   </si>
   <si>
     <t>EWENT-ACT-READER-AC6020</t>
   </si>
   <si>
     <t>Silicon Power "All-in-One" card reader</t>
   </si>
   <si>
     <t>SLP-SD-READER-14</t>
   </si>
   <si>
     <t>Extreme PRO SD Card USB-C Reader, USB-C, SD-SDDR-B731-GN6NN, QuickFlow™ microSD™ UHS-I Card USB-A Reader</t>
   </si>
   <si>
     <t>SD-SDDR-B731-GN6NN</t>
   </si>
   <si>
     <t>Rapoo 3-in-1 USB-C Card Reader UCR-3001</t>
   </si>
   <si>
     <t>RAPOO-11415</t>
   </si>
@@ -614,390 +614,390 @@
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>11.568</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>13.116</v>
+        <v>13.104</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
-        <v>13.368</v>
+        <v>13.116</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="C6">
         <v>14.964</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>16.2</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>18.168</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>18.792</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>21.252</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>21.288</v>
+        <v>22.248</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>22.368</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>23.076</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>23.928</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>25.152</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="C16">
         <v>30.42</v>
       </c>
       <c r="D16" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="C17">
         <v>31.02</v>
       </c>
       <c r="D17" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>33.396</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>33.84</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>35.244</v>
       </c>
       <c r="D20" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>49.512</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>49.584</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>51.384</v>
+        <v>56.58</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>69.0</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>78.204</v>
       </c>
       <c r="D25" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>88.428</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>94.644</v>
       </c>
       <c r="D27" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>96.18</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>100.2</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D30"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>