--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Ролка етикети залепващи за STICK EASY UP21, 14х40мм, 180 бр, бели</t>
   </si>
   <si>
     <t>LF-LABEL-STICK-UP21-W</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>наличен</t>
   </si>
   <si>
     <t>Ролка етикети залепващи за STICK EASY UP21, 14х40мм, 180 бр, Прозрачни</t>
   </si>
   <si>
     <t>LF-LABEL-STICK-UP21-TRSP</t>
   </si>
   <si>
     <t>Комплект 4 бр. ролки етикети залепващи за STICK EASY UP21, 4х 180 бр. , розова, жълта, синя, прозрачна</t>
   </si>
   <si>
     <t>LF-LABEL-STICK-UP21-PACK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -444,51 +444,51 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>19.2</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>19.2</v>
+        <v>42.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>52.8</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D5"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">