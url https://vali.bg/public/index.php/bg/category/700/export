--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -130,99 +130,99 @@
   <si>
     <t>3D Принтер Creality Ender-3 V3 SE</t>
   </si>
   <si>
     <t>CREALITY-ENDER3-V3-SE</t>
   </si>
   <si>
     <t>Комплект за виртуална реалност VR очила Oculus Meta Quest 3S 128GB</t>
   </si>
   <si>
     <t>OCULUS-META-QUEST3S-128</t>
   </si>
   <si>
     <t>3D скенер Creality CR-Scan Ferret Pro</t>
   </si>
   <si>
     <t>CREALITY-FERRET-PRO</t>
   </si>
   <si>
     <t>Графичен дисплей таблет HUION Kamvas Pro 13, USB-C, Черен/Сребрист</t>
   </si>
   <si>
     <t>HUION-TAB-GT133</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
+    <t>Комплект за виртуална реалност VR очила Oculus Quest 3S 256GB</t>
+  </si>
+  <si>
+    <t>OCULUS-META-QUEST3S-256</t>
+  </si>
+  <si>
     <t>3D Принтер FlashForge ADX5 Multi color</t>
   </si>
   <si>
     <t>FLASH-3D-AD5X</t>
   </si>
   <si>
-    <t>Комплект за виртуална реалност VR очила Oculus Quest 3S 256GB</t>
-[...4 lines deleted...]
-  <si>
     <t>Комплект за виртуална реалност VR очила Oculus Quest 3 512GB</t>
   </si>
   <si>
     <t>OCULUS-QUEST3-512</t>
   </si>
   <si>
     <t>3D Принтер FlashForge Adventurer 5M Pro</t>
   </si>
   <si>
     <t>FLASH-3D-ADV5MPRO</t>
   </si>
   <si>
     <t>VR Expert очила PICO Neo 3  256Gb за виртуална реалност 256 GB - Бял</t>
   </si>
   <si>
     <t>PICO-VR-NEO-3</t>
   </si>
   <si>
     <t>3D Принтер Creality K1 Max</t>
   </si>
   <si>
     <t>CREALITY-K1-MAX</t>
   </si>
   <si>
     <t>3D скенер Scan Dimension SOL</t>
   </si>
   <si>
     <t>3D-SCAN-SOL</t>
   </si>
   <si>
     <t>3D скенер Creality CR-Scan Otter</t>
   </si>
   <si>
     <t>CREALITY-OTTER</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>3D скенер Revopoint Pop 3 Plus Premium</t>
   </si>
   <si>
     <t>3D-SCAN-REV-POP3PLUS</t>
   </si>
   <si>
     <t>VR очила PICO 4 Ultra Enterprise за виртуална реалност, бял</t>
   </si>
   <si>
     <t>PICO-VR-4-ULTRA</t>
   </si>
   <si>
     <t>Софтуер CorelDRAW Graphics Suite Classroom License 15+1 (incl. 1 yr CorelSure Maintenance)</t>
   </si>
   <si>
     <t>FS-SOFT-COREL-DGSC-151</t>
   </si>
   <si>
     <t>3D скенер Einscan-SE V2</t>
   </si>
   <si>
     <t>3D-SCAN-EINSCAN-SE</t>
   </si>
@@ -814,303 +814,303 @@
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>30</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13">
         <v>399.0</v>
       </c>
       <c r="D13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14">
-        <v>720.0</v>
+        <v>690.0</v>
       </c>
       <c r="D14" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15">
         <v>798.996</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16">
         <v>810.0</v>
       </c>
       <c r="D16" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17">
-        <v>898.992</v>
+        <v>885.384</v>
       </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18">
-        <v>917.268</v>
+        <v>898.992</v>
       </c>
       <c r="D18" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19">
         <v>1187.112</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20">
         <v>1198.8</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21">
         <v>1378.992</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22">
         <v>1499.004</v>
       </c>
       <c r="D22" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23">
         <v>1599.0</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24">
         <v>1599.0</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>55</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25">
         <v>1648.992</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26">
         <v>1740.0</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
         <v>1899.0</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>
       </c>
       <c r="C28">
         <v>1906.8</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" t="s">
         <v>64</v>
       </c>
       <c r="C29">
         <v>1906.8</v>
       </c>
       <c r="D29" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" t="s">
         <v>66</v>
       </c>
       <c r="C30">
         <v>2488.992</v>
       </c>
       <c r="D30" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>68</v>
       </c>
       <c r="C31">
         <v>2999.004</v>
       </c>
       <c r="D31" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" t="s">
         <v>70</v>
       </c>
       <c r="C32">
-        <v>3629.508</v>
+        <v>3735.888</v>
       </c>
       <c r="D32" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>72</v>
       </c>
       <c r="C33">
         <v>7500.0</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>74</v>