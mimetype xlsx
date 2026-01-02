--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -136,50 +136,53 @@
   <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 2м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85584</t>
   </si>
   <si>
     <t>HAMA Превключвател / суич 4K HDMI, 2 x 1 вход/изход</t>
   </si>
   <si>
     <t>HAMA-205323</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 3м, 18Gbit/s, Ethernet, Eкраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205006</t>
   </si>
   <si>
     <t>Кабел за монитор HAMA 200708, VGA мъжко - VGA мъжко, 3.0 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-200708</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Кабел HAMA 205018, HDMI мъжко - DVI/D мъжко, 1.5 м, Екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-205018</t>
   </si>
   <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet, 1 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205241</t>
   </si>
   <si>
     <t>Кабел HAMA 200931, DVI мъжко - DVI мъжко, 1.5 м, Сив</t>
   </si>
   <si>
     <t>HAMA-200931</t>
   </si>
   <si>
     <t>Кабел HAMA 200696, DisplayPort мъжко - DisplayPort мъжко, 1.5 m, Ultra-HD 4K, Двойно-екраниран, Черен</t>
   </si>
   <si>
     <t>HAMA-200696</t>
   </si>
   <si>
     <t>HAMA Кабел Mini DP - DisplayPort, Ultra-HD 4K, 1.50 m</t>
@@ -232,53 +235,50 @@
   <si>
     <t>Кабел Delock High Speed, HDMI мъжко - HDMI мъжко, 48 Gbit/s, 3D 4K, 0.5 m, Ethernet</t>
   </si>
   <si>
     <t>DELOCK-85121</t>
   </si>
   <si>
     <t>Кабел HAMA High-Speed, HDMI мъжко - HDMI мъжко, 4K, 18GB/s, Ethernet, 5 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205007</t>
   </si>
   <si>
     <t>Кабел Hama, HDMI мъжко - HDMI мъжко, 8K, Алуминий, 1.5 м</t>
   </si>
   <si>
     <t>HAMA-205449</t>
   </si>
   <si>
     <t>HAMA Кабел DisplayPort, DP 2.1, Ultra-HD 8K, 40 Gbit/s, 2.00 м</t>
   </si>
   <si>
     <t>HAMA-200795</t>
   </si>
   <si>
-    <t>ограничена наличност (до 3 бр.)</t>
-[...1 lines deleted...]
-  <si>
     <t>Кабел HAMA High Speed, HDMI мъжко - HDMI мъжко, 8K, 48GB/s, Ethernet , 2 м, Позл. конектори, Черен</t>
   </si>
   <si>
     <t>HAMA-205242</t>
   </si>
   <si>
     <t>Кабел Delock HDMI-A мъжко - HDMI-A мъжко, Ethernet, 3D, 4K, 0.25 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-85117</t>
   </si>
   <si>
     <t>Delock Кабел пасивен mini DisplayPort 1.1 към HDMI, 1 m</t>
   </si>
   <si>
     <t>DELOCK-83698</t>
   </si>
   <si>
     <t>Кабел Delock HDMI мъжко - DVI-D 18+1 (Single Link )мъжко, 5м, двупосочен, black</t>
   </si>
   <si>
     <t>DELOCK-85586</t>
   </si>
   <si>
     <t>Кабел HAMA 200716, DVI-I Dual Link мъжко - HDMI мъжко, Ultra-HD, 4K, 3м, Черен</t>
@@ -526,51 +526,51 @@
   <si>
     <t>Кабел ATEN 2L-7D10H, HDMI мъжко - HDMI мъжко</t>
   </si>
   <si>
     <t>ATEN-2L-7D10H</t>
   </si>
   <si>
     <t>Кабел Delock, HDMI-A мъжко - HDMI-A мъжко, Ethernet, 18 Gbit/s, 4K, 3 м, Черен</t>
   </si>
   <si>
     <t>DELOCK-84774</t>
   </si>
   <si>
     <t>Кабел USB-C мъжко - HDMI мъжко, Ultra-HD 8K@60Hz, 1.5м</t>
   </si>
   <si>
     <t>HAMA-200509</t>
   </si>
   <si>
     <t>Оптичен активен кабел HAMA Optical, HDMI мъжко - HDMI мъжко, Ethernet, 8K, 205345</t>
   </si>
   <si>
     <t>HAMA-205345</t>
   </si>
   <si>
-    <t>HAMA Кабел Ultra High Speed HDMI - HDMI, 8K, 5.0 м, сертифициран</t>
+    <t>HAMA Кабел Ultra High Speed HDMI - HDMI, 8K, 5.0 м, 48Gbit/s, сертифициран</t>
   </si>
   <si>
     <t>HAMA-205067</t>
   </si>
   <si>
     <t>Кабел HAMA High-speed, HDMI мъжко - HDMI мъжко, 4K, 10.2GB/s, Ethernet, 15 м, Позл. конектори, 2 филтъра, Черен</t>
   </si>
   <si>
     <t>HAMA-205010</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 10 m</t>
   </si>
   <si>
     <t>DELOCK-85010</t>
   </si>
   <si>
     <t>Кабел Delock Ultra High Speed HDMI - HDMI-A мъжко, 48 Gbps, 8K 60 Hz, 5 m</t>
   </si>
   <si>
     <t>DELOCK-85296</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 15 m</t>
   </si>
@@ -592,51 +592,51 @@
   <si>
     <t>Кабел ATEN 2L-7D15H, HDMI мъжко - HDMI мъжко</t>
   </si>
   <si>
     <t>ATEN-2L-7D15H</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 20 m</t>
   </si>
   <si>
     <t>DELOCK-85015</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-85016</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-85049</t>
   </si>
   <si>
-    <t>Оптичен активен кабел HAMA Ultra High Speed HDMI - HDMI, 8K, 10.0 м, сертифициран</t>
+    <t>Kабел HAMA Ultra High Speed HDMI - HDMI, 8K, 10.0 м,48Gbit/s, сертифициран</t>
   </si>
   <si>
     <t>HAMA-205265</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 25 m</t>
   </si>
   <si>
     <t>DELOCK-84039</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 30 m</t>
   </si>
   <si>
     <t>DELOCK-84040</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 8K, 60 Hz, 20 m</t>
   </si>
   <si>
     <t>DELOCK-84038</t>
   </si>
   <si>
     <t>Оптичен кабел Delock, HDMI 4K, 60 Hz, 50 m</t>
   </si>
@@ -1278,303 +1278,303 @@
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>15.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>38</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>
       <c r="C18">
         <v>15.48</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>15.744</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>15.78</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C21">
         <v>15.996</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B22" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C22">
         <v>16.8</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C23">
         <v>16.812</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C24">
         <v>17.352</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C25">
         <v>17.772</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C26">
         <v>17.796</v>
       </c>
       <c r="D26" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C27">
         <v>17.832</v>
       </c>
       <c r="D27" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C28">
         <v>18.768</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C29">
         <v>19.392</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C30">
         <v>19.5</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C31">
         <v>20.304</v>
       </c>
       <c r="D31" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C32">
         <v>20.736</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C33">
         <v>21.492</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C34">
         <v>21.756</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>21.792</v>
       </c>
       <c r="D35" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>22.2</v>
       </c>
       <c r="D36" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>22.296</v>
       </c>
       <c r="D37" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>22.608</v>
@@ -1586,51 +1586,51 @@
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>22.896</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>23.076</v>
       </c>
       <c r="D40" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>23.124</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>87</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42">
         <v>23.124</v>
@@ -1656,51 +1656,51 @@
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>91</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44">
         <v>24.024</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>93</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45">
         <v>24.156</v>
       </c>
       <c r="D45" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>96</v>
       </c>
       <c r="C46">
         <v>25.416</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>97</v>
       </c>
       <c r="B47" t="s">
         <v>98</v>
       </c>
       <c r="C47">
         <v>25.764</v>
@@ -1768,135 +1768,135 @@
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>107</v>
       </c>
       <c r="B52" t="s">
         <v>108</v>
       </c>
       <c r="C52">
         <v>27.228</v>
       </c>
       <c r="D52" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>109</v>
       </c>
       <c r="B53" t="s">
         <v>110</v>
       </c>
       <c r="C53">
         <v>27.564</v>
       </c>
       <c r="D53" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54">
         <v>27.6</v>
       </c>
       <c r="D54" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>113</v>
       </c>
       <c r="B55" t="s">
         <v>114</v>
       </c>
       <c r="C55">
         <v>28.032</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>115</v>
       </c>
       <c r="B56" t="s">
         <v>116</v>
       </c>
       <c r="C56">
         <v>28.668</v>
       </c>
       <c r="D56" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
         <v>118</v>
       </c>
       <c r="C57">
         <v>28.8</v>
       </c>
       <c r="D57" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>119</v>
       </c>
       <c r="B58" t="s">
         <v>120</v>
       </c>
       <c r="C58">
         <v>29.064</v>
       </c>
       <c r="D58" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>121</v>
       </c>
       <c r="B59" t="s">
         <v>122</v>
       </c>
       <c r="C59">
         <v>29.1</v>
       </c>
       <c r="D59" t="s">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>123</v>
       </c>
       <c r="B60" t="s">
         <v>124</v>
       </c>
       <c r="C60">
         <v>29.484</v>
       </c>
       <c r="D60" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>125</v>
       </c>
       <c r="B61" t="s">
         <v>126</v>
       </c>
       <c r="C61">
         <v>30.576</v>
@@ -1908,51 +1908,51 @@
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>127</v>
       </c>
       <c r="B62" t="s">
         <v>128</v>
       </c>
       <c r="C62">
         <v>32.04</v>
       </c>
       <c r="D62" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>129</v>
       </c>
       <c r="B63" t="s">
         <v>130</v>
       </c>
       <c r="C63">
         <v>32.172</v>
       </c>
       <c r="D63" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>131</v>
       </c>
       <c r="B64" t="s">
         <v>132</v>
       </c>
       <c r="C64">
         <v>32.4</v>
       </c>
       <c r="D64" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>133</v>
       </c>
       <c r="B65" t="s">
         <v>134</v>
       </c>
       <c r="C65">
         <v>33.708</v>
@@ -1992,51 +1992,51 @@
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>139</v>
       </c>
       <c r="B68" t="s">
         <v>140</v>
       </c>
       <c r="C68">
         <v>35.928</v>
       </c>
       <c r="D68" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>141</v>
       </c>
       <c r="B69" t="s">
         <v>142</v>
       </c>
       <c r="C69">
         <v>38.604</v>
       </c>
       <c r="D69" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>143</v>
       </c>
       <c r="B70" t="s">
         <v>144</v>
       </c>
       <c r="C70">
         <v>39.036</v>
       </c>
       <c r="D70" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>145</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71">
         <v>40.752</v>
@@ -2188,163 +2188,163 @@
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>168</v>
       </c>
       <c r="B82" t="s">
         <v>169</v>
       </c>
       <c r="C82">
         <v>66.0</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>170</v>
       </c>
       <c r="B83" t="s">
         <v>171</v>
       </c>
       <c r="C83">
         <v>67.368</v>
       </c>
       <c r="D83" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>172</v>
       </c>
       <c r="B84" t="s">
         <v>173</v>
       </c>
       <c r="C84">
         <v>90.468</v>
       </c>
       <c r="D84" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>174</v>
       </c>
       <c r="B85" t="s">
         <v>175</v>
       </c>
       <c r="C85">
         <v>90.624</v>
       </c>
       <c r="D85" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>176</v>
       </c>
       <c r="B86" t="s">
         <v>177</v>
       </c>
       <c r="C86">
         <v>96.852</v>
       </c>
       <c r="D86" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>178</v>
       </c>
       <c r="B87" t="s">
         <v>179</v>
       </c>
       <c r="C87">
         <v>98.34</v>
       </c>
       <c r="D87" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>180</v>
       </c>
       <c r="B88" t="s">
         <v>181</v>
       </c>
       <c r="C88">
-        <v>101.796</v>
+        <v>100.992</v>
       </c>
       <c r="D88" t="s">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89">
-        <v>109.908</v>
+        <v>108.804</v>
       </c>
       <c r="D89" t="s">
-        <v>72</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>184</v>
       </c>
       <c r="B90" t="s">
         <v>185</v>
       </c>
       <c r="C90">
         <v>110.544</v>
       </c>
       <c r="D90" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>186</v>
       </c>
       <c r="B91" t="s">
         <v>187</v>
       </c>
       <c r="C91">
         <v>111.756</v>
       </c>
       <c r="D91" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>188</v>
       </c>
       <c r="B92" t="s">
         <v>189</v>
       </c>
       <c r="C92">
         <v>116.112</v>
       </c>
       <c r="D92" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>190</v>
       </c>
       <c r="B93" t="s">
         <v>191</v>
       </c>
       <c r="C93">
         <v>131.328</v>
@@ -2356,51 +2356,51 @@
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>192</v>
       </c>
       <c r="B94" t="s">
         <v>193</v>
       </c>
       <c r="C94">
         <v>134.628</v>
       </c>
       <c r="D94" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>194</v>
       </c>
       <c r="B95" t="s">
         <v>195</v>
       </c>
       <c r="C95">
         <v>135.084</v>
       </c>
       <c r="D95" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>196</v>
       </c>
       <c r="B96" t="s">
         <v>197</v>
       </c>
       <c r="C96">
         <v>139.248</v>
       </c>
       <c r="D96" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>198</v>
       </c>
       <c r="B97" t="s">
         <v>199</v>
       </c>
       <c r="C97">
         <v>147.192</v>
@@ -2412,79 +2412,79 @@
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>200</v>
       </c>
       <c r="B98" t="s">
         <v>201</v>
       </c>
       <c r="C98">
         <v>158.16</v>
       </c>
       <c r="D98" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>202</v>
       </c>
       <c r="B99" t="s">
         <v>203</v>
       </c>
       <c r="C99">
         <v>162.408</v>
       </c>
       <c r="D99" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>204</v>
       </c>
       <c r="B100" t="s">
         <v>205</v>
       </c>
       <c r="C100">
         <v>178.548</v>
       </c>
       <c r="D100" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>206</v>
       </c>
       <c r="B101" t="s">
         <v>207</v>
       </c>
       <c r="C101">
         <v>188.736</v>
       </c>
       <c r="D101" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>11</v>
       </c>
       <c r="B102" t="s">
         <v>12</v>
       </c>
       <c r="C102">
         <v>8.004</v>
       </c>
       <c r="D102" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>32</v>
       </c>
       <c r="B103" t="s">
         <v>33</v>
       </c>
       <c r="C103">
         <v>14.412</v>
@@ -2524,51 +2524,51 @@
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>79</v>
       </c>
       <c r="B106" t="s">
         <v>80</v>
       </c>
       <c r="C106">
         <v>22.608</v>
       </c>
       <c r="D106" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>83</v>
       </c>
       <c r="B107" t="s">
         <v>84</v>
       </c>
       <c r="C107">
         <v>23.076</v>
       </c>
       <c r="D107" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>97</v>
       </c>
       <c r="B108" t="s">
         <v>98</v>
       </c>
       <c r="C108">
         <v>25.764</v>
       </c>
       <c r="D108" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>125</v>
       </c>
       <c r="B109" t="s">
         <v>126</v>
       </c>
       <c r="C109">
         <v>30.576</v>
@@ -2636,65 +2636,65 @@
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>166</v>
       </c>
       <c r="B114" t="s">
         <v>167</v>
       </c>
       <c r="C114">
         <v>61.404</v>
       </c>
       <c r="D114" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>170</v>
       </c>
       <c r="B115" t="s">
         <v>171</v>
       </c>
       <c r="C115">
         <v>67.368</v>
       </c>
       <c r="D115" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>174</v>
       </c>
       <c r="B116" t="s">
         <v>175</v>
       </c>
       <c r="C116">
         <v>90.624</v>
       </c>
       <c r="D116" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>176</v>
       </c>
       <c r="B117" t="s">
         <v>177</v>
       </c>
       <c r="C117">
         <v>96.852</v>
       </c>
       <c r="D117" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>192</v>
       </c>
       <c r="B118" t="s">
         <v>193</v>
       </c>
       <c r="C118">
         <v>134.628</v>
@@ -2734,65 +2734,65 @@
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>212</v>
       </c>
       <c r="B121" t="s">
         <v>213</v>
       </c>
       <c r="C121">
         <v>473.76</v>
       </c>
       <c r="D121" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>214</v>
       </c>
       <c r="B122" t="s">
         <v>215</v>
       </c>
       <c r="C122">
         <v>570.684</v>
       </c>
       <c r="D122" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>216</v>
       </c>
       <c r="B123" t="s">
         <v>217</v>
       </c>
       <c r="C123">
         <v>1022.856</v>
       </c>
       <c r="D123" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D124"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>