--- v0 (2025-12-13)
+++ v1 (2026-01-03)
@@ -14,98 +14,101 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$8</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Преносим вентилатор ARCTIC Summair 2Go - Бял</t>
   </si>
   <si>
     <t>ARCTIC-FAN-AEBRZ00029A</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Преносим вентилатор ARCTIC Summair 2Go - Тъмно син</t>
   </si>
   <si>
     <t>ARCTIC-FAN-AEBRZ00028A</t>
   </si>
   <si>
     <t>Преносим вентилатор ARCTIC Summair 2Go - Черен</t>
   </si>
   <si>
     <t>ARCTIC-FAN-AEBRZ00027A</t>
   </si>
   <si>
     <t>Филтър HAMA Smart, 3 в 1, За пречистване на въздух, Hepa (H13)</t>
   </si>
   <si>
     <t>HAMA-186440</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Мултифункционален вентилатор Noctua NV-FS1</t>
+  </si>
+  <si>
+    <t>NOCTUA-FAN-NV-FS1</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...4 lines deleted...]
-    <t>NOCTUA-FAN-NV-FS1</t>
   </si>
   <si>
     <t>Смарт пречиствател на въздух Hama Smart, 186437</t>
   </si>
   <si>
     <t>HAMA-186437</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -510,59 +513,59 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>70.464</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>200.1</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>240.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D8"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 