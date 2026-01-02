--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -130,63 +130,63 @@
   <si>
     <t>SKROSS-1500210</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Адаптер SKROSS 1500267, World to UK, 220V</t>
   </si>
   <si>
     <t>SKROSS-1500267</t>
   </si>
   <si>
     <t>Адаптер SKROSS Europe to UK 1500280, USB, Бял</t>
   </si>
   <si>
     <t>SKROSS-1500280</t>
   </si>
   <si>
     <t>Адаптер SKROSS World to Europe 1500266, USB, Бял</t>
   </si>
   <si>
     <t>SKROSS-1500266</t>
   </si>
   <si>
+    <t>Адаптер SKROSS Europe към USA, USB, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1500281</t>
+  </si>
+  <si>
+    <t>Адаптер SKROSS PRO Light 1.103165, World, Бял</t>
+  </si>
+  <si>
+    <t>SKROSS-1103165</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...10 lines deleted...]
-    <t>SKROSS-1103165</t>
   </si>
   <si>
     <t>Адаптер SKROSS Micro muv 1.102500, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1102500</t>
   </si>
   <si>
     <t>Адаптер-зарядно SKROSS Euro USB Charger 1.302423, USB-А, USB-C</t>
   </si>
   <si>
     <t>SKROSS-1302423</t>
   </si>
   <si>
     <t>Адаптер SKROSS PRO MUV 2 x USB-A, 1.302960, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1302960</t>
   </si>
   <si>
     <t>Адаптер SKROSS PRO Earthed 1103145, World, Бял</t>
   </si>
   <si>
     <t>SKROSS-1103145</t>
   </si>
@@ -823,135 +823,135 @@
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>34</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16">
         <v>22.764</v>
       </c>
       <c r="D16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17">
         <v>23.748</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>24.36</v>
       </c>
       <c r="D18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>25.2</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>27.612</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>29.592</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>30.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>39.384</v>
       </c>
       <c r="D23" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>40.8</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>42.0</v>
@@ -991,107 +991,107 @@
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>45.096</v>
       </c>
       <c r="D28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>52.896</v>
       </c>
       <c r="D29" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>54.24</v>
       </c>
       <c r="D30" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>54.996</v>
       </c>
       <c r="D31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>66.0</v>
       </c>
       <c r="D32" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>78.0</v>
+        <v>91.032</v>
       </c>
       <c r="D33" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D34"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>