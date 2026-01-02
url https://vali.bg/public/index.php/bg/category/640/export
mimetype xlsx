--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -34,117 +34,117 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Конвертор Delock, USB 3.0 Type-A мъжко - SATA 6 Gb/s 22 pin, 2.5″ защитен калъф</t>
   </si>
   <si>
     <t>DELOCK-62742</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
+    <t>Удароустойчиво чекмедже за 2.5" диск Silicon Power Armor A30 USB 3.1</t>
+  </si>
+  <si>
+    <t>SLP-HDD-CASE-A30</t>
+  </si>
+  <si>
+    <t>наличен</t>
+  </si>
+  <si>
+    <t>Удароустойчиво чекмедже за 2.5" диск Silicon Power Armor A30 White USB 3.2</t>
+  </si>
+  <si>
+    <t>SLP-HDD-CASE-A30W</t>
+  </si>
+  <si>
+    <t>Чекмедже за твърд диск ACT AC1200, SATA, 2.5", USB-A 3.2 Gen1, Черен</t>
+  </si>
+  <si>
+    <t>EWENT-ACT-RACK-AC1200</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Удароустойчиво чекмедже за 2.5" диск Silicon Power Armor A30 USB 3.1</t>
-[...19 lines deleted...]
-  <si>
     <t>Чекмедже за твърд диск HAMA, 2.5", SSD, HDD, USB 3.2 Gen 1, SATA III, Черен</t>
   </si>
   <si>
     <t>HAMA-200760</t>
   </si>
   <si>
     <t>Чекмедже за твърд диск ACT AC1215, 2.5", USB 3.0, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1215</t>
   </si>
   <si>
     <t>Криптираща докинг станция Inter-Tech Argus GD-PDLK02 за 2.5" или 3.5" SSD/HDD, 256-bit AES encryption</t>
   </si>
   <si>
     <t>INTER-TECH-DS-GD-PDLK02</t>
   </si>
   <si>
     <t>Чекмедже за твърд диск ACT AC1225, SATA, 2.5", USB-C 3.2 Gen2, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1225</t>
   </si>
   <si>
     <t>Чекмедже за твърд диск ACT AC1600, M.2 SSD, USB 3.2 Gen1, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1600</t>
   </si>
   <si>
     <t>Чекмедже за M.2 SSD диск Silicon Power PD60 USB 3.2</t>
   </si>
   <si>
     <t>SLP-HDD-CASE-PD60</t>
   </si>
   <si>
     <t>Докинг станция ACT AC1500, USB 3.1 Gen1, За 3.5"/2.5" SATA HDD/SSD</t>
   </si>
   <si>
     <t>EWENT-ACT-HDD-AC1500</t>
-  </si>
-[...1 lines deleted...]
-    <t>не е в наличност</t>
   </si>
   <si>
     <t>Чекмедже за диск ACT  AC1615, USB-C M.2 NVMe / PCIe SSD</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1615</t>
   </si>
   <si>
     <t>Чекмедже за твърд диск ACT AC1405, 3.5", SATA, USB 3.1 Gen1 (USB 3.0), Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-RACK-AC1405</t>
   </si>
   <si>
     <t>Вътрешна тава Delock, 1xM.2 NVMe SSD for Mobile Rack 47028 / 47042 / 47070 / 47072 / 47111 / 47117 / 47126 / 47129</t>
   </si>
   <si>
     <t>DELOCK-47037</t>
   </si>
   <si>
     <t>Външна докинг станция Delock, За 2.5″ / 3.5″ SATA HDD / SSD, Backup функция</t>
   </si>
   <si>
     <t>DELOCK-61858</t>
   </si>
@@ -672,586 +672,586 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>16.428</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
-        <v>20.292</v>
+        <v>21.948</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>22.524</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>23.976</v>
       </c>
       <c r="D5" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6">
         <v>25.968</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>27.732</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>34.116</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>36.216</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>39.036</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>49.08</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>55.056</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>59.028</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>59.34</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>59.988</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>73.26</v>
       </c>
       <c r="D16" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>80.94</v>
       </c>
       <c r="D17" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>86.88</v>
       </c>
       <c r="D18" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>88.68</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>89.004</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>93.756</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>99.648</v>
       </c>
       <c r="D22" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>114.228</v>
       </c>
       <c r="D23" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>116.412</v>
       </c>
       <c r="D24" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>124.392</v>
       </c>
       <c r="D25" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>125.028</v>
       </c>
       <c r="D26" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>126.456</v>
       </c>
       <c r="D27" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>127.38</v>
       </c>
       <c r="D28" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>138.996</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>156.0</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>160.2</v>
       </c>
       <c r="D31" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>169.416</v>
       </c>
       <c r="D32" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
         <v>170.856</v>
       </c>
       <c r="D33" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>172.668</v>
       </c>
       <c r="D34" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>172.74</v>
       </c>
       <c r="D35" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>76</v>
       </c>
       <c r="C36">
         <v>204.996</v>
       </c>
       <c r="D36" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>77</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37">
         <v>330.552</v>
       </c>
       <c r="D37" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>79</v>
       </c>
       <c r="B38" t="s">
         <v>80</v>
       </c>
       <c r="C38">
         <v>334.548</v>
       </c>
       <c r="D38" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>81</v>
       </c>
       <c r="B39" t="s">
         <v>82</v>
       </c>
       <c r="C39">
         <v>352.08</v>
       </c>
       <c r="D39" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>83</v>
       </c>
       <c r="B40" t="s">
         <v>84</v>
       </c>
       <c r="C40">
         <v>358.224</v>
       </c>
       <c r="D40" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>85</v>
       </c>
       <c r="B41" t="s">
         <v>86</v>
       </c>
       <c r="C41">
         <v>374.04</v>
       </c>
       <c r="D41" t="s">
-        <v>28</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D42"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>