--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -49,84 +49,84 @@
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Контролер за Вентилатор Jonsbo RC01 ARGB - SATA</t>
   </si>
   <si>
     <t>JONSBO-MOLS-209</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Контролер за вентилатори ARCTIC Case Fan PWM Hub 1 to 10 Port</t>
   </si>
   <si>
     <t>ARCTIC-AC-ACFAN00175A</t>
   </si>
   <si>
     <t>Контролер Kolink Inspire L1 за ARGB аксесоари</t>
   </si>
   <si>
     <t>KOLINK-AC-ZUSA-268</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Конвертор EZDIY-FAB 12V към 5V RGB</t>
   </si>
   <si>
     <t>EZ-EZDPC119</t>
   </si>
   <si>
     <t>Контролер за Вентилатори Noctua NA-FC1, 4-Pin, Черен</t>
   </si>
   <si>
     <t>NOCTUA-ACC-NA-FC1</t>
   </si>
   <si>
     <t>Контролер за Вентилатори Cooler Master ARGB LED Controller Gen2</t>
   </si>
   <si>
     <t>CM-FAN-MFY-ACBN-NNUNN-R2</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Контролер за вентилатори EZDIY-FAB Case Fan PWM Hub</t>
   </si>
   <si>
     <t>EZ-EZDPC174-1</t>
   </si>
   <si>
     <t>Преобразувател на напрежение Noctua NA-VC1, 24v DC към 12v DC</t>
   </si>
   <si>
     <t>NOCTUA-ACC-NA-VC1</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Хъб за вентилатори Lamptron SP901 A-RGB, Hub, 10x 4-pin/3pin</t>
   </si>
   <si>
     <t>LAMP-FARGB</t>
   </si>
   <si>
     <t>Контролер за Вентилатори Cooler Master RGB MFY-RCSN-NNUDK-R1</t>
   </si>
   <si>
     <t>CM-FAN-MFY-RCSN-NNUDK-R1</t>
   </si>
   <si>
     <t>Контролер за 8 вентилатора Noctua NA-FH1</t>
   </si>
   <si>
     <t>NOCTUA-ACC-NA-FH1</t>
   </si>
   <si>
     <t>Контролер за 8 вентилатора Noctua NV-FH2</t>
   </si>
   <si>
     <t>NOCTUA-ACC-NV-FH2</t>
   </si>
@@ -527,177 +527,177 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>15.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>9</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
         <v>18.0</v>
       </c>
       <c r="D4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C5">
         <v>24.996</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6">
         <v>35.184</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7">
         <v>39.0</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8">
         <v>39.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9">
         <v>44.016</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>45.0</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>56.4</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>66.876</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>94.632</v>
       </c>
       <c r="D13" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>119.004</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D15"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>