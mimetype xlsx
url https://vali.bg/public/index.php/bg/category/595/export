--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -14,95 +14,92 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$61</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Батерия за апарат CANON NB5L Li-Ion 3.7V, 1000MAH, Cameron Sino</t>
   </si>
   <si>
     <t>CS-NB5L</t>
   </si>
   <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Батерия за фотоапарат FUJI NP40 Li-Ion 3.7V, 700MAH, Cameron Sino</t>
   </si>
   <si>
     <t>CS-NP40FU</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Батерия за фотоапарат SAMSUNG SLB10A LiIon  3.7V 1050mAh, Cameron Sino</t>
   </si>
   <si>
     <t>CS-SLB10A</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Батерия за апарат CANON NB4L LiIon 3.7V 850mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-NB4L</t>
-  </si>
-[...1 lines deleted...]
-    <t>не е в наличност</t>
   </si>
   <si>
     <t>Батерия за фотоапарат FUJI NP60 LiIon 3.7V 1050mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-NP60FU</t>
   </si>
   <si>
     <t>Батерия за фотоапарат Samsung BP70A, Li-Ion 3.7V, 740mAh, Cameron Sino</t>
   </si>
   <si>
     <t>CS-BP70A</t>
   </si>
   <si>
     <t>Батерия за апарат OLYMPUS LI-40B/ LI-42B Li-Ion 3.7V, 660MAH, Cameron Sino</t>
   </si>
   <si>
     <t>CS-LI40B</t>
   </si>
   <si>
     <t>Батерия за камера CANON NB-11L LiIon 3.7V 680mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-NB11LHC</t>
   </si>
@@ -792,849 +789,849 @@
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>30.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>30.0</v>
       </c>
       <c r="D3" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4">
         <v>33.6</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>34.8</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="C6">
         <v>34.8</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>36.0</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>36.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>36.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>36.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="C11">
         <v>36.0</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C12">
         <v>36.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="C13">
         <v>36.0</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="C14">
         <v>36.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>36.0</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C16">
         <v>36.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C17">
         <v>36.0</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="C18">
         <v>38.4</v>
       </c>
       <c r="D18" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="C19">
         <v>38.4</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C20">
         <v>38.4</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C21">
         <v>38.4</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="C22">
         <v>38.4</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="C23">
         <v>42.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="C24">
         <v>42.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="C25">
         <v>42.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C26">
         <v>42.0</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="C27">
         <v>42.0</v>
       </c>
       <c r="D27" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="C28">
         <v>42.0</v>
       </c>
       <c r="D28" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="C29">
         <v>42.0</v>
       </c>
       <c r="D29" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="C30">
         <v>42.0</v>
       </c>
       <c r="D30" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C31">
         <v>42.0</v>
       </c>
       <c r="D31" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C32">
         <v>42.0</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="C33">
         <v>42.0</v>
       </c>
       <c r="D33" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C34">
         <v>42.0</v>
       </c>
       <c r="D34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="C35">
         <v>42.0</v>
       </c>
       <c r="D35" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C36">
         <v>42.0</v>
       </c>
       <c r="D36" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C37">
         <v>42.0</v>
       </c>
       <c r="D37" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="C38">
         <v>48.0</v>
       </c>
       <c r="D38" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="C39">
         <v>48.0</v>
       </c>
       <c r="D39" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="C40">
         <v>48.0</v>
       </c>
       <c r="D40" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="C41">
         <v>48.0</v>
       </c>
       <c r="D41" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="C42">
         <v>48.0</v>
       </c>
       <c r="D42" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C43">
         <v>48.0</v>
       </c>
       <c r="D43" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="C44">
         <v>48.0</v>
       </c>
       <c r="D44" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C45">
         <v>48.0</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C46">
         <v>48.0</v>
       </c>
       <c r="D46" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="C47">
         <v>48.0</v>
       </c>
       <c r="D47" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C48">
         <v>50.4</v>
       </c>
       <c r="D48" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C49">
         <v>54.0</v>
       </c>
       <c r="D49" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C50">
         <v>54.0</v>
       </c>
       <c r="D50" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C51">
         <v>55.2</v>
       </c>
       <c r="D51" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C52">
         <v>60.0</v>
       </c>
       <c r="D52" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="C53">
         <v>60.0</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="C54">
         <v>60.0</v>
       </c>
       <c r="D54" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C55">
         <v>60.0</v>
       </c>
       <c r="D55" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="C56">
         <v>72.0</v>
       </c>
       <c r="D56" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="C57">
         <v>72.0</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="C58">
         <v>78.0</v>
       </c>
       <c r="D58" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="C59">
         <v>102.0</v>
       </c>
       <c r="D59" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="C60">
         <v>138.0</v>
       </c>
       <c r="D60" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D61"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>