--- v0 (2025-12-13)
+++ v1 (2026-01-03)
@@ -52,57 +52,57 @@
   <si>
     <t>Капак Xavax S-Capo, за микровълнова фурна</t>
   </si>
   <si>
     <t>HAMA-111534</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Капак Xavax "Basic", за микровълнова фурна, 110216</t>
   </si>
   <si>
     <t>HAMA-110216</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Капак Xavax M-Capo, за микровълнова, 111542</t>
   </si>
   <si>
     <t>HAMA-111542</t>
   </si>
   <si>
+    <t>Стойка за микровълнова фурна XAVAX, 110930</t>
+  </si>
+  <si>
+    <t>HAMA-110930</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-110930</t>
   </si>
   <si>
     <t>Стойка за микровълнова фурна, Сив</t>
   </si>
   <si>
     <t>HAMA-110931</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -479,65 +479,65 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3">
         <v>5.82</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4">
         <v>6.756</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>12</v>
+      </c>
+      <c r="B5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C5">
         <v>45.0</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6">
         <v>45.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D7"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>