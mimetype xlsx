--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -557,51 +557,51 @@
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>549.0</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7">
         <v>699.0</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>699.0</v>
       </c>
       <c r="D8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>778.992</v>