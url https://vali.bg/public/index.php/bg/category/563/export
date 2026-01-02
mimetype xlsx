--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -64,63 +64,63 @@
   <si>
     <t>3D-XYZ-PLA-600GR-CLEAR-GR</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZprinting - PLA (NFC) filament , 1.75 mm, Clear TANGERINE</t>
   </si>
   <si>
     <t>3D-XYZ-PLA-600GR-CLEAR-TA</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZprinting - PLA (NFC) filament, 1.75 mm, neon GREEN</t>
   </si>
   <si>
     <t>3D-XYZ-PLA-600GR-NEON-GR</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZprinting - ABS refil, 1.75 mm, Син</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-BLUE-REF</t>
   </si>
   <si>
+    <t>Консуматив за 3D принтер XYZprinting - ABS refil, 1.75 mm, Жълт</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-YELL-REF</t>
+  </si>
+  <si>
+    <t>Консуматив за 3D принтер XYZprinting - ABS refil, 1.75 mm, Оранжев</t>
+  </si>
+  <si>
+    <t>3D-XYZ-ABS-600GR-ORA-REF</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...10 lines deleted...]
-    <t>3D-XYZ-ABS-600GR-ORA-REF</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZprinting - PLA (NFC) filament , 1.75 mm, Жълт</t>
   </si>
   <si>
     <t>3D-XYZ-PLA-600GR-YELL</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZ printing RFPLBXEU03B, PLA Filament, 1.75 mm, 600, Clear Yellow</t>
   </si>
   <si>
     <t>3D-XYZ-PLA-600GR-CLR-YEL</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZprinting - PLA (NFC) filament , 1.75 mm, Clear RED</t>
   </si>
   <si>
     <t>3D-XYZ-PLA-600GR-CLEAR-R</t>
   </si>
   <si>
     <t>Консуматив за 3D принтер XYZprinting - ABS рефил, NFC, 1.75 mm, Черен</t>
   </si>
   <si>
     <t>3D-XYZ-ABS-600GR-BL-NFC</t>
   </si>
@@ -621,79 +621,79 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>64.8</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>64.8</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>64.8</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8">
+        <v>64.8</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>64.8</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>64.8</v>
@@ -705,51 +705,51 @@
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>64.8</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>64.8</v>
       </c>
       <c r="D12" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>64.8</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>64.8</v>
@@ -803,51 +803,51 @@
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>39</v>
       </c>
       <c r="B18" t="s">
         <v>40</v>
       </c>
       <c r="C18">
         <v>65.4</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>42</v>
       </c>
       <c r="C19">
         <v>65.4</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>65.4</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>65.4</v>