--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -64,135 +64,135 @@
   <si>
     <t>EDIM-EW-7811UN</t>
   </si>
   <si>
     <t>Безжичен нано адаптер Cudy WU650S, USB 2.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
   </si>
   <si>
     <t>CUDY-USB-WU650S</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK TL-WN823N, 300 Mbps, USB, Вградена антена</t>
   </si>
   <si>
     <t>TP-TL-WN823N</t>
   </si>
   <si>
     <t>не е в наличност</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-Link TL-WN781ND PCIе 150Mb 802.11n/g/b</t>
   </si>
   <si>
     <t>TP-TL-WN781ND</t>
   </si>
   <si>
+    <t>Безжичен адаптер TP LINK TL-WN722N, USB, 2T2R, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>TP-TL-WN722N</t>
+  </si>
+  <si>
+    <t>Безжичен адаптерr D-LINK DWA-131 Nano, USB</t>
+  </si>
+  <si>
+    <t>D-LINK-DWA-131</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T2U Nano, Dual band, USB</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U-NANO</t>
+  </si>
+  <si>
+    <t>Безжичен нано адаптер Cudy WU1300S, USB 3.0, 2.4/5 Ghz, Вградена антена 2dBi</t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU1300S</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T2U, AC600, Dual band, USB, вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2U</t>
+  </si>
+  <si>
+    <t>Безжичен мини адаптер EDIMAX EW-7722UTN V3, USB, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7722UTN-V3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Безжичен адаптер Cudy WU1400, USB 3.0, 2.4/5 Ghz, Външна антена </t>
+  </si>
+  <si>
+    <t>CUDY-USB-WU1400</t>
+  </si>
+  <si>
+    <t>Безжичен PCI Express адаптер EDIMAX EW-7612PIN, Realtek, 2.4Ghz, 802.11n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7612PIN</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T2U PLUS, AC600, Dual band, USB, външна антена 5 dBi</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T2UPLUS</t>
+  </si>
+  <si>
+    <t>Нано адаптер EDIMAX EW-7811UTC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7811UTC</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T3U, AC 1300 MU-MIMO, Dual band, USB 3.0, вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T3U</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер D-Link DWA-172, dual band AC600 High-Gain, USB</t>
+  </si>
+  <si>
+    <t>D-LINK-DWA-172</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер EDIMAX EW-7811UAC, USB, Realtek, 2.4Ghz/5GHz, 802.11a/n/g/b, с външна антена</t>
+  </si>
+  <si>
+    <t>EDIM-EW-7811UAC</t>
+  </si>
+  <si>
+    <t>Безжичен адаптер TP-LINK Archer T4U, AC 1300, Dual band, USB 3.0, вградена антена</t>
+  </si>
+  <si>
+    <t>TP-TL-ARCHER-T4U</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...82 lines deleted...]
-    <t>TP-TL-ARCHER-T4U</t>
   </si>
   <si>
     <t>Безжичен адаптер EDIMAX EW-7822UAD, USB, Realtek, 2.4Ghz/5GHz, AC1200, с външна антена</t>
   </si>
   <si>
     <t>EDIM-EW-7822UAD</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer TX20E, PCIe, 1800Mbps, Wireless AX, 2.4GHz /5GHz, BT 5.2, 2x външни антени</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-TX20E</t>
   </si>
   <si>
     <t>Безжичен PCI Express адаптер Gigabyte GC-WB1733D-I, 2x2 802.11ac 160MHz, Bluetooth 5.0</t>
   </si>
   <si>
     <t>GA-GC-WB1733D-I</t>
   </si>
   <si>
     <t>Безжичен адаптер TP-LINK Archer T4E, AC1200 dual band, PCI-EX, две външни антени</t>
   </si>
   <si>
     <t>TP-TL-ARCHER-T4E</t>
   </si>
@@ -693,429 +693,429 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5">
         <v>20.4</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>21.528</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="C7">
         <v>22.8</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C8">
         <v>23.436</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9">
         <v>25.44</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C10">
         <v>25.584</v>
       </c>
       <c r="D10" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
         <v>25</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>29.652</v>
+        <v>28.8</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" t="s">
         <v>27</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>30.6</v>
+        <v>29.652</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13">
-        <v>30.864</v>
+        <v>30.6</v>
       </c>
       <c r="D13" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B14" t="s">
         <v>31</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14">
-        <v>33.0</v>
+        <v>30.864</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15">
-        <v>33.384</v>
+        <v>33.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
+        <v>34</v>
+      </c>
+      <c r="B16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16">
-        <v>34.512</v>
+        <v>33.384</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
         <v>37</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17">
-        <v>34.8</v>
+        <v>34.512</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C18">
         <v>47.376</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="C19">
         <v>49.932</v>
       </c>
       <c r="D19" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="C20">
         <v>51.84</v>
       </c>
       <c r="D20" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>56.4</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>58.992</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
-        <v>61.692</v>
+        <v>61.476</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>63.78</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25">
         <v>65.616</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26">
         <v>69.0</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
-        <v>69.6</v>
+        <v>69.36</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
-        <v>86.616</v>
+        <v>86.316</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>89.004</v>
       </c>
       <c r="D29" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
-        <v>98.616</v>
+        <v>98.268</v>
       </c>
       <c r="D30" t="s">
-        <v>6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>99.0</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>67</v>
       </c>
       <c r="B32" t="s">
         <v>68</v>
       </c>
       <c r="C32">
         <v>99.0</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>102.996</v>
+        <v>102.72</v>
       </c>
       <c r="D33" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>71</v>
       </c>
       <c r="B34" t="s">
         <v>72</v>
       </c>
       <c r="C34">
         <v>129.0</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>74</v>
       </c>
       <c r="C35">
         <v>138.996</v>