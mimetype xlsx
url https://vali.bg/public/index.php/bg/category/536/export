--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -899,51 +899,51 @@
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>54.36</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>56.592</v>
       </c>
       <c r="D22" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>49</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23">
         <v>58.8</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24">
         <v>61.548</v>