--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -112,57 +112,57 @@
   <si>
     <t>Метеостанция HAMA Action, 186412</t>
   </si>
   <si>
     <t>HAMA-186412</t>
   </si>
   <si>
     <t>Електронна метеостанция HAMA EWS Intro, 186301</t>
   </si>
   <si>
     <t>HAMA-186301</t>
   </si>
   <si>
     <t>Електронна метеостанция HAMA EWS-200, Прогноза за времето, Черен</t>
   </si>
   <si>
     <t>HAMA-186310</t>
   </si>
   <si>
     <t>HAMA Будилник с проектор "Hvar", цифров радиоуправляем будилник, проекция на стена или таван, бял</t>
   </si>
   <si>
     <t>HAMA-222206</t>
   </si>
   <si>
+    <t>Метеостанция HAMA "Bahamas", с външен сензор, Аларма, 222228</t>
+  </si>
+  <si>
+    <t>HAMA-222228</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
-  </si>
-[...4 lines deleted...]
-    <t>HAMA-222228</t>
   </si>
   <si>
     <t>Метеостанция HAMA Touch, 186314</t>
   </si>
   <si>
     <t>HAMA-186314</t>
   </si>
   <si>
     <t>HAMA Електронна метео станция “Mykonos” с радио плувиометър (дъждомер)</t>
   </si>
   <si>
     <t>HAMA-222220</t>
   </si>
   <si>
     <t>Електронна метеостанция HAMA EWS-Trio, 186311</t>
   </si>
   <si>
     <t>HAMA-186311</t>
   </si>
   <si>
     <t>HAMA Електронна метеостанция "Premium", цветен LED дисплей</t>
   </si>
   <si>
     <t>HAMA-186380</t>
   </si>
@@ -709,65 +709,65 @@
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13">
         <v>43.416</v>
       </c>
       <c r="D13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>30</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14">
         <v>44.304</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C15">
         <v>46.8</v>
       </c>
       <c r="D15" t="s">
-        <v>6</v>
+        <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>48.276</v>
       </c>
       <c r="D16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>56.4</v>