--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -64,59 +64,59 @@
   <si>
     <t>DP-N114L-WDMI</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>HАМА охлаждаща поставка Wave" за лаптоп с вентилатор, 126810</t>
   </si>
   <si>
     <t>HAMA-126810</t>
   </si>
   <si>
     <t>Охлаждаща поставка за лаптоп Kolink KL-N200 15.6"</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-145</t>
   </si>
   <si>
     <t>HAMA Поставка  за лаптоп "Carbon look", до 18.4"</t>
   </si>
   <si>
     <t>HAMA-126812</t>
   </si>
   <si>
+    <t>не е в наличност</t>
+  </si>
+  <si>
     <t>Охладител за лаптоп ACT, До 17", С един вентилатор, 2 x USB хъб, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8110</t>
   </si>
   <si>
-    <t>не е в наличност</t>
-[...1 lines deleted...]
-  <si>
     <t>Сгъваема лека поставка за лаптоп ACT AC8150, 7 позиции, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8150</t>
   </si>
   <si>
     <t>Hama охлаждаща поставка за лаптоп Black Edition с вентилатор, USB</t>
   </si>
   <si>
     <t>HAMA-126809</t>
   </si>
   <si>
     <t>HAMA Охлаждаща поставка за лаптоп "Slim", ултра-плоска, тиха, лека, до 40 см (15,6"), черен</t>
   </si>
   <si>
     <t>HAMA-126808</t>
   </si>
   <si>
     <t>Сгъваема стойка за лаптоп ACT AC8145, 5 позиции, Черен</t>
   </si>
   <si>
     <t>EWENT-ACT-NOT-AC8145</t>
   </si>
   <si>
     <t>HAMA "Aluminium" стойка за лаптоп, сгъваема, накланяща се, до 39 см (15,4"), сребриста</t>
@@ -163,50 +163,53 @@
   <si>
     <t>Охладител за лаптоп DeepCool Multi Core X6, 15.6", 2x140+100 mm, Черен</t>
   </si>
   <si>
     <t>DP-N422-MCX6</t>
   </si>
   <si>
     <t>HAMA Охлаждаща поставка за лаптоп "Aluminium", 126807</t>
   </si>
   <si>
     <t>HAMA-126807</t>
   </si>
   <si>
     <t>Охладител за лаптоп Cooler Master Notepal L2 Blue Led, MNW-SWTS-14FN-R1</t>
   </si>
   <si>
     <t>CM-FAN-MNW-SWTS-14FN-R1</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mStand360, Златиста</t>
   </si>
   <si>
     <t>RD-10073</t>
   </si>
   <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
     <t>HAMA Стойка за лаптоп "Metal", 4-степенно накланяне, сгъваема, до 40 см (15,6"), сива</t>
   </si>
   <si>
     <t>HAMA-126814</t>
   </si>
   <si>
     <t>Охладител за лаптоп Kolink KL-F500 17.3" ARGB</t>
   </si>
   <si>
     <t>KOLINK-ACC-NBNK-146</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mBar, Сребриста</t>
   </si>
   <si>
     <t>RD-10080</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mStand, Сребриста</t>
   </si>
   <si>
     <t>RD-10032</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mStand, Aстро сива</t>
@@ -263,53 +266,50 @@
     <t>RD-10074</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mStand360 with Swivel Base - Black</t>
   </si>
   <si>
     <t>RD-10076</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mStand360 with Swivel Base - Midnight</t>
   </si>
   <si>
     <t>RD-10091</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mStand360 with Swivel Base - Starlight</t>
   </si>
   <si>
     <t>RD-10093</t>
   </si>
   <si>
     <t>Поставка за лаптоп j5create JTS127, Регулируема, до 16", Алуминиева</t>
   </si>
   <si>
     <t>J5-JTS127</t>
-  </si>
-[...1 lines deleted...]
-    <t>по заявка (обади се)</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design iLap 15", Сребрист</t>
   </si>
   <si>
     <t>RD-10025</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mBar Pro, Астро сива</t>
   </si>
   <si>
     <t>RD-10083</t>
   </si>
   <si>
     <t>Поставка за лаптоп Rain Design mStand, Златиста</t>
   </si>
   <si>
     <t>RD-10071</t>
   </si>
   <si>
     <t>Поставка за лаптоп j5create JTS223, 4 портов USB-C хъб, Алуминиева</t>
   </si>
   <si>
     <t>J5-JTS223</t>
   </si>
@@ -756,65 +756,65 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>24.996</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>25.932</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7">
         <v>26.184</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8">
         <v>28.8</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9">
         <v>30.0</v>
@@ -826,107 +826,107 @@
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10">
         <v>30.876</v>
       </c>
       <c r="D10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11">
         <v>31.02</v>
       </c>
       <c r="D11" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>27</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>31.2</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13">
         <v>34.152</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14">
         <v>34.8</v>
       </c>
       <c r="D14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15">
         <v>34.992</v>
       </c>
       <c r="D15" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16">
         <v>36.0</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>37</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17">
         <v>41.7</v>
@@ -966,317 +966,317 @@
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>43</v>
       </c>
       <c r="B20" t="s">
         <v>44</v>
       </c>
       <c r="C20">
         <v>45.684</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>48.996</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>53.172</v>
       </c>
       <c r="D22" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C23">
         <v>53.64</v>
       </c>
       <c r="D23" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C24">
         <v>58.992</v>
       </c>
       <c r="D24" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C25">
         <v>74.4</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C26">
         <v>87.984</v>
       </c>
       <c r="D26" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C27">
         <v>87.984</v>
       </c>
       <c r="D27" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C28">
         <v>87.984</v>
       </c>
       <c r="D28" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C29">
         <v>87.984</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C30">
         <v>87.984</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31">
         <v>98.4</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B32" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32">
         <v>103.2</v>
       </c>
       <c r="D32" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C33">
         <v>103.2</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C34">
         <v>103.2</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C35">
         <v>103.968</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C36">
         <v>103.968</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C37">
         <v>103.968</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C38">
         <v>103.968</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C39">
         <v>105.972</v>
       </c>
       <c r="D39" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>85</v>
       </c>
       <c r="C40">
         <v>108.996</v>
       </c>
       <c r="D40" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41">
         <v>108.996</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>88</v>
       </c>
       <c r="B42" t="s">
         <v>89</v>
       </c>
       <c r="C42">
         <v>113.424</v>