--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$570</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$527</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="551">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="528">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Бутонна алкална батерия GP164 LR-621/ 10бр./pack цена за 1 бр./ 1.55V AG1 GP</t>
   </si>
   <si>
     <t>GP-BA-164F-U10</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Бутонна алкална батерия GP177 LR-626/ 10 бр./pack цена за 1 бр./ AG4 1.55V GP</t>
   </si>
   <si>
@@ -688,392 +688,392 @@
   <si>
     <t>Бутонна батерия литиева GP CR2450 3V 5 бр. в блистер / цена за 1 бр./ GP</t>
   </si>
   <si>
     <t>GP-BL-CR2450-2U5</t>
   </si>
   <si>
     <t>Бутонна батерия сребърна MAXELL SR927 SW /395/399/  AG7   1.55V</t>
   </si>
   <si>
     <t>ML-BS-SR927-SW</t>
   </si>
   <si>
     <t>Бутонна батерия литиева GP CR2430, 3V,  5 бр. в блистер, цена за 1 бр.</t>
   </si>
   <si>
     <t>GP-BL-CR2430-2U5</t>
   </si>
   <si>
     <t>Батерия литиева CR1632 3V  GP BATTERIES, 5 бр. блистер /цена за 1 бр./</t>
   </si>
   <si>
     <t>GP-BL-CR1632-7U5</t>
   </si>
   <si>
+    <t>Бутонна батерия литиева CR1632 3V, 5бр. в блистер /цена за 1 бр./ MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1632-5PK</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия SUPERCELL 13S-S2, R20, 2 бр. в опаковка/ shrink, 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13S-S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бутонна батерия литиева EVE BATTERY CR 2032, 3V, с накрайници, industrial </t>
+  </si>
+  <si>
+    <t>EVE-CR2032-M0219-LF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бутонна батерия PANASONIC CR-1620, 3V, Литиева </t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL 12 V 1 бр. в опаковка за аларми А27 LR27 MN27</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR27-1PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева CR927  3V  /AG7/ 395 5PK BLISTER /цена за 1 батерия/ VINNIC</t>
+  </si>
+  <si>
+    <t>B-VIN-CR927</t>
+  </si>
+  <si>
+    <t>Бутонна литиева батерия DURACELL CR-1616, 3V</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бутонна батерия DURACELL CR-1620, 3V, Литиева </t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Алкална батерия ENERGIZER А23 LR23, 12V, За аларми, 1бр. блистер</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR23-1PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC  CR1220 3V</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Бутонна батерия DURACELL PROCELL CR2450, 3V, 1 бр. bulk, Литиева, /цена за 1 батерия/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2450-1PK-BULK</t>
+  </si>
+  <si>
+    <t>Батерия литиева CR1632 3V  GP BATTERIES, 1 бр. блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1632-7U1</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия GP Greencell 13G-S2, R20, 2 бр. в опаковка / shrink, 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13G-S2</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия BR1225 3V  1бр. /1pk/  ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BL-BR1225</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия GP  3R12 /1 бр. в опаковка/ блистер  4.5V PANASONIC</t>
+  </si>
+  <si>
+    <t>PAN-BM-3R12</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2325 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2325-CPU1</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2330 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2330-CPU1</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2320 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2320-CPU1</t>
+  </si>
+  <si>
+    <t>Батерия литиева индустриална EVE CR-123 3V Bulk</t>
+  </si>
+  <si>
+    <t>EVE-BL-CR123A-BULK</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия  3R12 /1 бр. в опаковка/ блистер  4.5V  VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-BM-3R12</t>
+  </si>
+  <si>
+    <t>Батерия литиева CR1632 3V  ENERGIZER, 1 бр. блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Батерия литиева CR1632 3V  PANASONIC, 1 бр. блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева DURACELL CR2430, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2430</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC CR2450, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2450</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева DURACELL  CR1220 3V 1PK блистер</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2354 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2354-CPU1</t>
+  </si>
+  <si>
+    <t>Батерия алкална LR44  AG13  2pk блистер 1,55V  DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR44-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева GP CR2032 3V  2 бр. в блистер DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева DURACELL CR2450, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Алкална батерия DURACELL LR-1 /2 бр. в опаковка/ 1.5V </t>
+  </si>
+  <si>
+    <t>DUR-BA-LR1-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC CR2430, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2430</t>
+  </si>
+  <si>
+    <t>Алкална батерия  6LF22  9V 1pk bulk INTENSE MX1604  PROCELL /цена за 1бр./</t>
+  </si>
+  <si>
+    <t>PROCELL-6LF22-1PK-INT</t>
+  </si>
+  <si>
+    <t>Алкална батерия ENERGIZER 12 V 2 бр. в опаковка за аларми А27 LR27 /цена за 2 батерии/</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR27-2PK</t>
+  </si>
+  <si>
+    <t>Алкална батерия ENERGIZER А23 LR23, 12V, За аларми, 2бр. блистер /цена за 2 батерии/</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR23-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC CR-2354 3PIN, 1pk блистер</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2354</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL BASIC LR03 /4 бр. в блистер/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR03-BASIC</t>
+  </si>
+  <si>
+    <t>Акумулаторна Батерия GP R03 AAA 650mAh NiMH 65AAAHCE-EB2, 2 бр. в опаковка</t>
+  </si>
+  <si>
+    <t>GP-BR-65AAAHCE-EB2</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL BASIC LR6 /4 бр. в блистер/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR6-BASIC</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL C  LR-14 /2 бр. в опаковка/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR14-BASIC</t>
+  </si>
+  <si>
+    <t>Алкална батерия 6LF22 R22 9V  1pk блистер BASIC DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-6LF22-BASIC</t>
+  </si>
+  <si>
+    <t>Алкална батерия R22 9V INDUSTRIAL PRO 1pk bulk VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-BA-6LR61-9V-IND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Батерия алкална DURACELL LR1130 LR54 AG10, 2pk блистер 1.5V  </t>
+  </si>
+  <si>
+    <t>DUR-BA-LR1130-2PK</t>
+  </si>
+  <si>
+    <t>Батерия литиева XTAR CR-123, 3V, Фото</t>
+  </si>
+  <si>
+    <t>XTAR-BL-CR123</t>
+  </si>
+  <si>
+    <t>Алкална батерия  1.5V AAAA LR61- 2бр. в опаковка DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR61-AAAA-2PK</t>
+  </si>
+  <si>
+    <t>Алкална батерия GP ULTRA LR14 /2 бр. в опаковка shrink/ 14AU21-S2 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BA-14AU21-S2</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева  CR2450 3V 2 бр. в блистер / цена за 2 бр./ ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2450-2PK</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна MAXELL ZA13 6 бр. бутонни за слухов апарат в блистер</t>
+  </si>
+  <si>
+    <t>ML-BZ-ZA13</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева RENATA CR-2477 3V</t>
+  </si>
+  <si>
+    <t>B-REN-BL-CR2477N</t>
+  </si>
+  <si>
+    <t>Акумулаторна батерия ML 1220 LITHIUM 3.0V  MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BR-ML1220</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева  GP BATTERIES CR-2477, 3V</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2477E-7U1</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL LR20 D /2 бр. в опаковка/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR20-BASIC</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева ENERGIZER CR2430, 3V,  2 бр. в блистер, цена за 2 батерии</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2430-2PK</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна DURACELL ZA312 6 бр. бутонни за слухов апарат в блистер</t>
+  </si>
+  <si>
+    <t>DUR-BZ-ZA312</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна DURACELL ZA10 6 бр.</t>
+  </si>
+  <si>
+    <t>DUR-BZ-ZA10</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна DURACELL ZA675 6 бр. бутонни за слухов апарат в блистер</t>
+  </si>
+  <si>
+    <t>DUR-BZ-ZA675</t>
+  </si>
+  <si>
+    <t>Батерия литиева Фото DURACELL CR-123 3V</t>
+  </si>
+  <si>
+    <t>DUR-BL-DL123A</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Бутонна батерия литиева CR1632 3V, 5бр. в блистер /цена за 1 бр./ MAXELL</t>
-[...337 lines deleted...]
-  <si>
     <t>Литиева бутонна батерия GP  CR-3032 3V  1 бр. в блистер /цена за 1 бр./</t>
   </si>
   <si>
     <t>GP-BL-CR3032-CPU1</t>
   </si>
   <si>
     <t>Батерия литиева GP CR-123, 3V, Фото</t>
   </si>
   <si>
     <t>PAN-BL-CR123</t>
   </si>
   <si>
     <t xml:space="preserve">Бутонна батерия DURACELL CR-1632, 3V, Литиева </t>
   </si>
   <si>
     <t>DUR-BL-CR1632</t>
   </si>
   <si>
     <t>Батерия ENERGIZER CR123 Photo, Lithium, 3V, 1pk блистер</t>
   </si>
   <si>
     <t>ENERG-BL-CR123</t>
   </si>
   <si>
     <t>Бутонна батерия литиева GP CR2032 3V  4 бр. в блистер / цена за 4 бр. батерия/ GP</t>
@@ -1168,50 +1168,56 @@
   <si>
     <t>Алкална батерия DURACELL LR20 D PLUS /2 бр. в опаковка/ 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR20-PLUS</t>
   </si>
   <si>
     <t>Алкални батерии индустриални LR03 AAA 1,5V 10PK INDUSTRIAL  ENERGIZER</t>
   </si>
   <si>
     <t>ENERG-BA-LR03-10PK-IND</t>
   </si>
   <si>
     <t>Бутонна батерия литиева ENERGIZER CR2032. 3V, 6pk блистер</t>
   </si>
   <si>
     <t>ENERG-BL-CR2032-6PK</t>
   </si>
   <si>
     <t>Цинк карбонова батерия  4R25 /1 бр. в опаковка/   6V 7.5Ah  VARTA</t>
   </si>
   <si>
     <t>VARTA-4R25-6V</t>
   </si>
   <si>
+    <t>Батерия литиевa CR2450  3V 2pk блистер DURACELL /цена за 2 батерии/</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2450-2PK</t>
+  </si>
+  <si>
     <t>Батерия литиева J 7K67 6V 1PK блистер DURACELL</t>
   </si>
   <si>
     <t>DUR-BL-J7K67-6V</t>
   </si>
   <si>
     <t>Литиева батерия CR-1/3N  3V  за глюкомери и фото DURACELL DL1/3N</t>
   </si>
   <si>
     <t>DUR-BL-CR1-3N</t>
   </si>
   <si>
     <t>Алкална батерия LR03 AAA  8pk блистер SIMPLY MN2400   DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR03-SIMPLY-8PK</t>
   </si>
   <si>
     <t>Алкална батерия LR6 AA  8pk блистер SIMPLY MN1500   DURACELL</t>
   </si>
   <si>
     <t>DUR-BA-LR6-SIMPLY-8PK</t>
   </si>
   <si>
     <t>Алкални батерии индустриални LR6 AA 1,5V 10PK INDUSTRIAL PRO4006 VARTA</t>
@@ -1222,50 +1228,56 @@
   <si>
     <t>Алкални батерии индустриални LR03 AAA 1,5V 10PK INDUSTRIAL PRO4003 VARTA</t>
   </si>
   <si>
     <t>VARTA-BA-LR03-10PK-IND</t>
   </si>
   <si>
     <t>Алкални батерии индустриални LR6 AA 1,5V 10PK INDUSTRIAL Powerline  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BA-LR6-10PK-IND</t>
   </si>
   <si>
     <t>Алкални батерии индустриални LR03 AAA 1,5V 10PK INDUSTRIAL Powerline  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BA-LR03-10PK-IND</t>
   </si>
   <si>
     <t>Бутонна батерия литиева 3V CR2412  VINNIC</t>
   </si>
   <si>
     <t>VIN-BL-CR2412</t>
   </si>
   <si>
+    <t>Батерия алкална LR20 D 1pk bulk INTENSE  PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-LR20-1PK-INT</t>
+  </si>
+  <si>
     <t>Литиева акумулаторна батерия VL2020 VCN 3V 20 mAh  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BL-VL2020-VCN</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL OPTIMUM  MX2400 LR03 AAA /8 бр. в блистер/ 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL OPTIMUM LR6 /8 бр. в блистер/ 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>Литиево тионилхлоридна батерия  3,6V AA R6 2,4Ah SL860/S /STD /с пъпка/ TADIRAN</t>
   </si>
   <si>
     <t>TAD-BL-SL860</t>
   </si>
   <si>
     <t>Акумулаторна батерия DURACELL R6 AA, 2500mAh NiMH, 1.2V, 2 бр. в опаковка</t>
@@ -1282,77 +1294,80 @@
   <si>
     <t>GP SUMMER PACK Алкални батерии  Super AA x 12 бр. + Super AAA x 12 бр. + Fan/ Вентилатор/  GP BATTERIES</t>
   </si>
   <si>
     <t>GP-BA-15A-24A-FANWETA21</t>
   </si>
   <si>
     <t>GP SUMMER PACK Алкални батерии  ULTRA AA x 12 бр. + ULTRA AAA x 12 бр. + Fan/ Вентилатор/  GP BATTERIES</t>
   </si>
   <si>
     <t>GP-BA-15AU-24AU-FANWETA21</t>
   </si>
   <si>
     <t>Акумулаторна батерия XTAR  18650  2600mAh, Li-ion</t>
   </si>
   <si>
     <t>XTAR-BL-CR18650-2600</t>
   </si>
   <si>
     <t>Литиева фото батерия PX28L/ 4LR44 -1бр.  6V DURACELL</t>
   </si>
   <si>
     <t>DUR-BL-PX28L</t>
   </si>
   <si>
+    <t>Литиева батерия CR-1/2AA  3V 950mAh  VARTA MICROBATTERY</t>
+  </si>
+  <si>
+    <t>VARTA-CR-1-2AA-MB</t>
+  </si>
+  <si>
     <t>Литиева акумулаторна батерия CS-VL2020D9 VL2020  3V 20 mAh  /за дистанционни на BMW X3,X4,X5/ Cameron Sino</t>
   </si>
   <si>
     <t>CS-VL2020D9</t>
   </si>
   <si>
     <t>Литиево тионил батерия SAFT  3,6V AA R6 2,6Ah LS14500 -с удълж. жички</t>
   </si>
   <si>
     <t>SAFT-BL-LS14500-AX</t>
   </si>
   <si>
     <t>CMOS Backup CR2032 CS-CM017SL 3V 200mAh литиева Cameron Sino</t>
   </si>
   <si>
     <t>CS-CM017SL</t>
   </si>
   <si>
     <t>Батерия CMOS Backup CR2032 CS-HDV600BU за лаптопи HP, Lenovo 3V 200mAh литиева Cameron Sino</t>
   </si>
   <si>
     <t>CS-HDV600BU</t>
   </si>
   <si>
-    <t>на път</t>
-[...1 lines deleted...]
-  <si>
     <t>Батерия CMOS Backup CR2032 CS-HQC600BU  за лаптопи HP, Lenovo, Acer 3V 200mAh литиева Cameron Sino</t>
   </si>
   <si>
     <t>CS-HQC600BU</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL BASIC LR6 20pk блистер /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-BASIC-20PK</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL BASIC LR03 20pk блистер /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-BASIC-20PK</t>
   </si>
   <si>
     <t>Литиево тионил хлоридна батерия 3,6V 3,4Ah  A  LS17500/STD/с пъпка/  SAFT</t>
   </si>
   <si>
     <t>SAFT-BL-LS17500</t>
   </si>
   <si>
     <t>Акумулаторна батерия XTAR за фенери 18650 със защита , 3500mAh, Li-ion</t>
@@ -1555,162 +1570,78 @@
   <si>
     <t>Батерия  акумулаторен тример за трева GARDENA 48-Li, AccuCut Li 400, ErgoCut 48-Li 8878, 8835 18V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA835PW</t>
   </si>
   <si>
     <t>Батерия Cameron Sino, За косачка робот FERREX 800m2 2021, Landxcape LX790, 791,795 LA0001,LA0002  20V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-LCL790PW</t>
   </si>
   <si>
     <t>Батерия  акумулаторен тример Gardena 881, 8866, Accu Hedge Trimmer EasyCut Li-18/50  LiIon 18V 1500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA180PW</t>
   </si>
   <si>
     <t>Батерия  акумулаторен трион  BOSCH AdvancedCut 18 1600A005B0 LiIon 18V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BMU180PX</t>
   </si>
   <si>
-    <t>Батерия за портативен принтер BROTHER PT-E300 PT-E500 PJ7 LiIon 7,4V 2600mAh CAMERON SINO</t>
-[...28 lines deleted...]
-  <si>
     <t>Батерия  акумулаторен тример Gardena 881, 8866, Accu Hedge Trimmer EasyCut Li-18/50  LiIon 18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA180PX</t>
   </si>
   <si>
-    <t>Батерия Cameron Sino, За косачка робот GARDENA Robotic R160 , HUSKVARNA Automover 260ACX,Automower 210C, 1128621-01 18V 3000mAh Cameron Sino</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия  акумулаторен трион  BOSCH AdvancedCut 18 1600A005B0 LiIon 18V 5000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BMU180PH</t>
   </si>
   <si>
-    <t>Батерия Cameron Sino, За косачка робот WORX Landroid L1500, Landroid L2000, Landroid M1000I , WA3225, WA3226  28V 2500mAh Cameron Sino</t>
-[...16 lines deleted...]
-  <si>
     <t>Батерия за компютър за поливане Gardena 8025-20 Comfort Wand-Schlauchbox 35 roll-up automatic Li  LiIon 18V 1500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA802PW</t>
   </si>
   <si>
-    <t>Батерия Cameron Sino, За косачка робот Wiper C Xe, C120, Ambrogio Alex L30 delux, Alpina AR1500   25,2V 2300mAh Cameron Sino</t>
-[...16 lines deleted...]
-  <si>
     <t>Батерия за компютър за поливане Gardena 8025-20 Comfort Wand-Schlauchbox 35 roll-up automatic Li  LiIon 18V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRA802PX</t>
   </si>
   <si>
-    <t>Батерия  за пробивна машина Milwaukee 0880-20 2601 2198323  LIIon 18V 6000mA Cameron Sino</t>
-[...4 lines deleted...]
-  <si>
     <t>Батерия за дрон YUNEEC H480 TYPHOON H  14.8V 6300mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-YEC480RX</t>
-  </si>
-[...4 lines deleted...]
-    <t>CS-RCT300VX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2014,59 +1945,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D570"/>
+  <dimension ref="A1:D527"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="159.104" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
@@ -2109,51 +2040,51 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>0.996</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>0.996</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>0.996</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>0.996</v>
@@ -3159,51 +3090,51 @@
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
         <v>2.88</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>2.88</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
         <v>3.0</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>3.0</v>
@@ -4307,51 +4238,51 @@
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>162</v>
       </c>
       <c r="B162" t="s">
         <v>163</v>
       </c>
       <c r="C162">
         <v>2.88</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>164</v>
       </c>
       <c r="B163" t="s">
         <v>165</v>
       </c>
       <c r="C163">
         <v>2.88</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>172</v>
       </c>
       <c r="B164" t="s">
         <v>173</v>
       </c>
       <c r="C164">
         <v>3.0</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>174</v>
       </c>
       <c r="B165" t="s">
         <v>175</v>
       </c>
       <c r="C165">
         <v>3.0</v>
@@ -4657,227 +4588,227 @@
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>220</v>
       </c>
       <c r="B187" t="s">
         <v>221</v>
       </c>
       <c r="C187">
         <v>3.6</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>222</v>
       </c>
       <c r="B188" t="s">
         <v>223</v>
       </c>
       <c r="C188">
         <v>3.6</v>
       </c>
       <c r="D188" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
+        <v>224</v>
+      </c>
+      <c r="B189" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="C189">
         <v>3.6</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
+        <v>226</v>
+      </c>
+      <c r="B190" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C190">
         <v>3.6</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
+        <v>228</v>
+      </c>
+      <c r="B191" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C191">
         <v>3.6</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
+        <v>230</v>
+      </c>
+      <c r="B192" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C192">
         <v>3.6</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
+        <v>232</v>
+      </c>
+      <c r="B193" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C193">
         <v>3.6</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
+        <v>234</v>
+      </c>
+      <c r="B194" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C194">
         <v>3.6</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
+        <v>236</v>
+      </c>
+      <c r="B195" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C195">
         <v>3.6</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
+        <v>238</v>
+      </c>
+      <c r="B196" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C196">
         <v>3.6</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
+        <v>240</v>
+      </c>
+      <c r="B197" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C197">
         <v>3.6</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
+        <v>242</v>
+      </c>
+      <c r="B198" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C198">
         <v>3.6</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
+        <v>244</v>
+      </c>
+      <c r="B199" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C199">
         <v>3.6</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
+        <v>246</v>
+      </c>
+      <c r="B200" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C200">
         <v>3.72</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
+        <v>248</v>
+      </c>
+      <c r="B201" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="C201">
         <v>3.78</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>18</v>
       </c>
       <c r="B202" t="s">
         <v>19</v>
       </c>
       <c r="C202">
         <v>0.996</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>20</v>
@@ -5203,51 +5134,51 @@
     <row r="226" spans="1:4">
       <c r="A226" t="s">
         <v>154</v>
       </c>
       <c r="B226" t="s">
         <v>155</v>
       </c>
       <c r="C226">
         <v>2.7</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
         <v>164</v>
       </c>
       <c r="B227" t="s">
         <v>165</v>
       </c>
       <c r="C227">
         <v>2.88</v>
       </c>
       <c r="D227" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
         <v>194</v>
       </c>
       <c r="B228" t="s">
         <v>195</v>
       </c>
       <c r="C228">
         <v>3.0</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
         <v>196</v>
       </c>
       <c r="B229" t="s">
         <v>197</v>
       </c>
       <c r="C229">
         <v>3.0</v>
@@ -5306,802 +5237,802 @@
         <v>213</v>
       </c>
       <c r="C233">
         <v>3.36</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
         <v>214</v>
       </c>
       <c r="B234" t="s">
         <v>215</v>
       </c>
       <c r="C234">
         <v>3.36</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
+        <v>226</v>
+      </c>
+      <c r="B235" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C235">
         <v>3.6</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
+        <v>228</v>
+      </c>
+      <c r="B236" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C236">
         <v>3.6</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
+        <v>230</v>
+      </c>
+      <c r="B237" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C237">
         <v>3.6</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
+        <v>232</v>
+      </c>
+      <c r="B238" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C238">
         <v>3.6</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
+        <v>234</v>
+      </c>
+      <c r="B239" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C239">
         <v>3.6</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
+        <v>236</v>
+      </c>
+      <c r="B240" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C240">
         <v>3.6</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
+        <v>238</v>
+      </c>
+      <c r="B241" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C241">
         <v>3.6</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
+        <v>240</v>
+      </c>
+      <c r="B242" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C242">
         <v>3.6</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
+        <v>242</v>
+      </c>
+      <c r="B243" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C243">
         <v>3.6</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
+        <v>244</v>
+      </c>
+      <c r="B244" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C244">
         <v>3.6</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
+        <v>246</v>
+      </c>
+      <c r="B245" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C245">
         <v>3.72</v>
       </c>
       <c r="D245" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
+        <v>250</v>
+      </c>
+      <c r="B246" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C246">
         <v>4.14</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
+        <v>252</v>
+      </c>
+      <c r="B247" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="C247">
         <v>4.2</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
+        <v>254</v>
+      </c>
+      <c r="B248" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C248">
         <v>4.2</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
+        <v>256</v>
+      </c>
+      <c r="B249" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C249">
         <v>4.2</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
+        <v>258</v>
+      </c>
+      <c r="B250" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C250">
         <v>4.2</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
+        <v>260</v>
+      </c>
+      <c r="B251" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C251">
         <v>4.2</v>
       </c>
       <c r="D251" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
+        <v>263</v>
+      </c>
+      <c r="B252" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C252">
         <v>4.2</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
+        <v>265</v>
+      </c>
+      <c r="B253" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="C253">
         <v>4.32</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
+        <v>267</v>
+      </c>
+      <c r="B254" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="C254">
         <v>4.32</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
+        <v>269</v>
+      </c>
+      <c r="B255" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C255">
         <v>4.44</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
+        <v>271</v>
+      </c>
+      <c r="B256" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C256">
         <v>4.56</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
+        <v>273</v>
+      </c>
+      <c r="B257" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C257">
         <v>4.56</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
+        <v>275</v>
+      </c>
+      <c r="B258" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C258">
         <v>4.8</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
+        <v>277</v>
+      </c>
+      <c r="B259" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C259">
         <v>4.8</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
+        <v>279</v>
+      </c>
+      <c r="B260" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="C260">
         <v>5.04</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
+        <v>281</v>
+      </c>
+      <c r="B261" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C261">
         <v>5.1</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
+        <v>283</v>
+      </c>
+      <c r="B262" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C262">
         <v>5.4</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
+        <v>285</v>
+      </c>
+      <c r="B263" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C263">
         <v>5.4</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
+        <v>287</v>
+      </c>
+      <c r="B264" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C264">
         <v>5.4</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
+        <v>289</v>
+      </c>
+      <c r="B265" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C265">
         <v>5.52</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
+        <v>291</v>
+      </c>
+      <c r="B266" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C266">
         <v>5.52</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
+        <v>293</v>
+      </c>
+      <c r="B267" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C267">
         <v>5.76</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
+        <v>295</v>
+      </c>
+      <c r="B268" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="C268">
         <v>6.0</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
+        <v>297</v>
+      </c>
+      <c r="B269" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="C269">
         <v>6.0</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
+        <v>299</v>
+      </c>
+      <c r="B270" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C270">
         <v>6.0</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
+        <v>301</v>
+      </c>
+      <c r="B271" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C271">
         <v>6.0</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
+        <v>303</v>
+      </c>
+      <c r="B272" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C272">
         <v>6.0</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
+        <v>305</v>
+      </c>
+      <c r="B273" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C273">
         <v>6.0</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
+        <v>307</v>
+      </c>
+      <c r="B274" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="C274">
         <v>6.0</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
+        <v>309</v>
+      </c>
+      <c r="B275" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C275">
         <v>6.0</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
+        <v>311</v>
+      </c>
+      <c r="B276" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C276">
         <v>6.6</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
+        <v>313</v>
+      </c>
+      <c r="B277" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C277">
         <v>6.6</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
+        <v>315</v>
+      </c>
+      <c r="B278" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C278">
         <v>7.08</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
+        <v>317</v>
+      </c>
+      <c r="B279" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C279">
         <v>7.2</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
+        <v>319</v>
+      </c>
+      <c r="B280" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C280">
         <v>7.2</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
+        <v>321</v>
+      </c>
+      <c r="B281" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C281">
         <v>7.2</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
+        <v>323</v>
+      </c>
+      <c r="B282" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C282">
         <v>7.2</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
+        <v>325</v>
+      </c>
+      <c r="B283" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C283">
         <v>7.2</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
+        <v>327</v>
+      </c>
+      <c r="B284" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C284">
         <v>7.56</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
+        <v>329</v>
+      </c>
+      <c r="B285" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="C285">
         <v>7.8</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
+        <v>331</v>
+      </c>
+      <c r="B286" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C286">
         <v>7.8</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
+        <v>333</v>
+      </c>
+      <c r="B287" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C287">
         <v>7.8</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
+        <v>335</v>
+      </c>
+      <c r="B288" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C288">
         <v>7.8</v>
       </c>
       <c r="D288" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>338</v>
       </c>
       <c r="B289" t="s">
         <v>339</v>
       </c>
       <c r="C289">
         <v>7.8</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>340</v>
       </c>
       <c r="B290" t="s">
         <v>341</v>
       </c>
       <c r="C290">
         <v>7.8</v>
@@ -6169,51 +6100,51 @@
     <row r="295" spans="1:4">
       <c r="A295" t="s">
         <v>350</v>
       </c>
       <c r="B295" t="s">
         <v>351</v>
       </c>
       <c r="C295">
         <v>8.1</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
         <v>352</v>
       </c>
       <c r="B296" t="s">
         <v>353</v>
       </c>
       <c r="C296">
         <v>8.4</v>
       </c>
       <c r="D296" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
         <v>354</v>
       </c>
       <c r="B297" t="s">
         <v>355</v>
       </c>
       <c r="C297">
         <v>8.52</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
         <v>356</v>
       </c>
       <c r="B298" t="s">
         <v>357</v>
       </c>
       <c r="C298">
         <v>8.88</v>
@@ -6603,51 +6534,51 @@
     <row r="326" spans="1:4">
       <c r="A326" t="s">
         <v>154</v>
       </c>
       <c r="B326" t="s">
         <v>155</v>
       </c>
       <c r="C326">
         <v>2.7</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
         <v>164</v>
       </c>
       <c r="B327" t="s">
         <v>165</v>
       </c>
       <c r="C327">
         <v>2.88</v>
       </c>
       <c r="D327" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
         <v>194</v>
       </c>
       <c r="B328" t="s">
         <v>195</v>
       </c>
       <c r="C328">
         <v>3.0</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
         <v>196</v>
       </c>
       <c r="B329" t="s">
         <v>197</v>
       </c>
       <c r="C329">
         <v>3.0</v>
@@ -6706,732 +6637,732 @@
         <v>213</v>
       </c>
       <c r="C333">
         <v>3.36</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
         <v>214</v>
       </c>
       <c r="B334" t="s">
         <v>215</v>
       </c>
       <c r="C334">
         <v>3.36</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
+        <v>228</v>
+      </c>
+      <c r="B335" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C335">
         <v>3.6</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
+        <v>230</v>
+      </c>
+      <c r="B336" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C336">
         <v>3.6</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
+        <v>232</v>
+      </c>
+      <c r="B337" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C337">
         <v>3.6</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
+        <v>234</v>
+      </c>
+      <c r="B338" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C338">
         <v>3.6</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
+        <v>236</v>
+      </c>
+      <c r="B339" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C339">
         <v>3.6</v>
       </c>
       <c r="D339" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
+        <v>238</v>
+      </c>
+      <c r="B340" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C340">
         <v>3.6</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
+        <v>240</v>
+      </c>
+      <c r="B341" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C341">
         <v>3.6</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
+        <v>242</v>
+      </c>
+      <c r="B342" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C342">
         <v>3.6</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
+        <v>244</v>
+      </c>
+      <c r="B343" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C343">
         <v>3.6</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
+        <v>246</v>
+      </c>
+      <c r="B344" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C344">
         <v>3.72</v>
       </c>
       <c r="D344" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
+        <v>250</v>
+      </c>
+      <c r="B345" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C345">
         <v>4.14</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
+        <v>254</v>
+      </c>
+      <c r="B346" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C346">
         <v>4.2</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
+        <v>256</v>
+      </c>
+      <c r="B347" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C347">
         <v>4.2</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
+        <v>258</v>
+      </c>
+      <c r="B348" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C348">
         <v>4.2</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
+        <v>260</v>
+      </c>
+      <c r="B349" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C349">
         <v>4.2</v>
       </c>
       <c r="D349" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
+        <v>263</v>
+      </c>
+      <c r="B350" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C350">
         <v>4.2</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
+        <v>265</v>
+      </c>
+      <c r="B351" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="C351">
         <v>4.32</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
+        <v>267</v>
+      </c>
+      <c r="B352" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="C352">
         <v>4.32</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
+        <v>269</v>
+      </c>
+      <c r="B353" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C353">
         <v>4.44</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
+        <v>271</v>
+      </c>
+      <c r="B354" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C354">
         <v>4.56</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
+        <v>273</v>
+      </c>
+      <c r="B355" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C355">
         <v>4.56</v>
       </c>
       <c r="D355" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
+        <v>275</v>
+      </c>
+      <c r="B356" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C356">
         <v>4.8</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
+        <v>277</v>
+      </c>
+      <c r="B357" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C357">
         <v>4.8</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
+        <v>279</v>
+      </c>
+      <c r="B358" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="C358">
         <v>5.04</v>
       </c>
       <c r="D358" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
+        <v>281</v>
+      </c>
+      <c r="B359" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C359">
         <v>5.1</v>
       </c>
       <c r="D359" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
+        <v>283</v>
+      </c>
+      <c r="B360" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C360">
         <v>5.4</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
+        <v>285</v>
+      </c>
+      <c r="B361" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C361">
         <v>5.4</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
+        <v>287</v>
+      </c>
+      <c r="B362" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C362">
         <v>5.4</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
+        <v>289</v>
+      </c>
+      <c r="B363" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C363">
         <v>5.52</v>
       </c>
       <c r="D363" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
+        <v>291</v>
+      </c>
+      <c r="B364" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C364">
         <v>5.52</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
+        <v>293</v>
+      </c>
+      <c r="B365" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C365">
         <v>5.76</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
+        <v>297</v>
+      </c>
+      <c r="B366" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="C366">
         <v>6.0</v>
       </c>
       <c r="D366" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
+        <v>299</v>
+      </c>
+      <c r="B367" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C367">
         <v>6.0</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
+        <v>301</v>
+      </c>
+      <c r="B368" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C368">
         <v>6.0</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
+        <v>303</v>
+      </c>
+      <c r="B369" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C369">
         <v>6.0</v>
       </c>
       <c r="D369" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
+        <v>305</v>
+      </c>
+      <c r="B370" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C370">
         <v>6.0</v>
       </c>
       <c r="D370" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
+        <v>307</v>
+      </c>
+      <c r="B371" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="C371">
         <v>6.0</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
+        <v>309</v>
+      </c>
+      <c r="B372" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C372">
         <v>6.0</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
+        <v>311</v>
+      </c>
+      <c r="B373" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C373">
         <v>6.6</v>
       </c>
       <c r="D373" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
+        <v>313</v>
+      </c>
+      <c r="B374" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C374">
         <v>6.6</v>
       </c>
       <c r="D374" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
+        <v>315</v>
+      </c>
+      <c r="B375" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C375">
         <v>7.08</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
+        <v>319</v>
+      </c>
+      <c r="B376" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C376">
         <v>7.2</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
+        <v>321</v>
+      </c>
+      <c r="B377" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C377">
         <v>7.2</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
+        <v>323</v>
+      </c>
+      <c r="B378" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C378">
         <v>7.2</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
+        <v>325</v>
+      </c>
+      <c r="B379" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C379">
         <v>7.2</v>
       </c>
       <c r="D379" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
+        <v>327</v>
+      </c>
+      <c r="B380" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C380">
         <v>7.56</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
+        <v>331</v>
+      </c>
+      <c r="B381" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C381">
         <v>7.8</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
+        <v>333</v>
+      </c>
+      <c r="B382" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C382">
         <v>7.8</v>
       </c>
       <c r="D382" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
+        <v>335</v>
+      </c>
+      <c r="B383" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C383">
         <v>7.8</v>
       </c>
       <c r="D383" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
         <v>338</v>
       </c>
       <c r="B384" t="s">
         <v>339</v>
       </c>
       <c r="C384">
         <v>7.8</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
         <v>340</v>
       </c>
       <c r="B385" t="s">
         <v>341</v>
       </c>
       <c r="C385">
         <v>7.8</v>
@@ -7499,51 +7430,51 @@
     <row r="390" spans="1:4">
       <c r="A390" t="s">
         <v>350</v>
       </c>
       <c r="B390" t="s">
         <v>351</v>
       </c>
       <c r="C390">
         <v>8.1</v>
       </c>
       <c r="D390" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
         <v>352</v>
       </c>
       <c r="B391" t="s">
         <v>353</v>
       </c>
       <c r="C391">
         <v>8.4</v>
       </c>
       <c r="D391" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
         <v>354</v>
       </c>
       <c r="B392" t="s">
         <v>355</v>
       </c>
       <c r="C392">
         <v>8.52</v>
       </c>
       <c r="D392" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
         <v>356</v>
       </c>
       <c r="B393" t="s">
         <v>357</v>
       </c>
       <c r="C393">
         <v>8.88</v>
@@ -7784,278 +7715,278 @@
         <v>137</v>
       </c>
       <c r="C410">
         <v>2.52</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
         <v>154</v>
       </c>
       <c r="B411" t="s">
         <v>155</v>
       </c>
       <c r="C411">
         <v>2.7</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
+        <v>236</v>
+      </c>
+      <c r="B412" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C412">
         <v>3.6</v>
       </c>
       <c r="D412" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
+        <v>238</v>
+      </c>
+      <c r="B413" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C413">
         <v>3.6</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
+        <v>240</v>
+      </c>
+      <c r="B414" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C414">
         <v>3.6</v>
       </c>
       <c r="D414" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
+        <v>242</v>
+      </c>
+      <c r="B415" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C415">
         <v>3.6</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
+        <v>244</v>
+      </c>
+      <c r="B416" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C416">
         <v>3.6</v>
       </c>
       <c r="D416" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
+        <v>246</v>
+      </c>
+      <c r="B417" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C417">
         <v>3.72</v>
       </c>
       <c r="D417" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
+        <v>258</v>
+      </c>
+      <c r="B418" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C418">
         <v>4.2</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
+        <v>260</v>
+      </c>
+      <c r="B419" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C419">
         <v>4.2</v>
       </c>
       <c r="D419" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
+        <v>263</v>
+      </c>
+      <c r="B420" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C420">
         <v>4.2</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
+        <v>269</v>
+      </c>
+      <c r="B421" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C421">
         <v>4.44</v>
       </c>
       <c r="D421" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
+        <v>273</v>
+      </c>
+      <c r="B422" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C422">
         <v>4.56</v>
       </c>
       <c r="D422" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
+        <v>277</v>
+      </c>
+      <c r="B423" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C423">
         <v>4.8</v>
       </c>
       <c r="D423" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
+        <v>281</v>
+      </c>
+      <c r="B424" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C424">
         <v>5.1</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
+        <v>287</v>
+      </c>
+      <c r="B425" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C425">
         <v>5.4</v>
       </c>
       <c r="D425" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
+        <v>293</v>
+      </c>
+      <c r="B426" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C426">
         <v>5.76</v>
       </c>
       <c r="D426" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
+        <v>309</v>
+      </c>
+      <c r="B427" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C427">
         <v>6.0</v>
       </c>
       <c r="D427" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
+        <v>313</v>
+      </c>
+      <c r="B428" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C428">
         <v>6.6</v>
       </c>
       <c r="D428" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
         <v>342</v>
       </c>
       <c r="B429" t="s">
         <v>343</v>
       </c>
       <c r="C429">
         <v>7.8</v>
       </c>
       <c r="D429" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
         <v>344</v>
@@ -8115,118 +8046,118 @@
     <row r="434" spans="1:4">
       <c r="A434" t="s">
         <v>380</v>
       </c>
       <c r="B434" t="s">
         <v>381</v>
       </c>
       <c r="C434">
         <v>9.6</v>
       </c>
       <c r="D434" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
         <v>382</v>
       </c>
       <c r="B435" t="s">
         <v>383</v>
       </c>
       <c r="C435">
         <v>9.6</v>
       </c>
       <c r="D435" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
         <v>384</v>
       </c>
       <c r="B436" t="s">
         <v>385</v>
       </c>
       <c r="C436">
-        <v>10.5</v>
+        <v>10.2</v>
       </c>
       <c r="D436" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
         <v>386</v>
       </c>
       <c r="B437" t="s">
         <v>387</v>
       </c>
       <c r="C437">
-        <v>10.8</v>
+        <v>10.5</v>
       </c>
       <c r="D437" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
         <v>388</v>
       </c>
       <c r="B438" t="s">
         <v>389</v>
       </c>
       <c r="C438">
-        <v>11.4</v>
+        <v>10.8</v>
       </c>
       <c r="D438" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
         <v>390</v>
       </c>
       <c r="B439" t="s">
         <v>391</v>
       </c>
       <c r="C439">
         <v>11.4</v>
       </c>
       <c r="D439" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
         <v>392</v>
       </c>
       <c r="B440" t="s">
         <v>393</v>
       </c>
       <c r="C440">
-        <v>13.2</v>
+        <v>11.4</v>
       </c>
       <c r="D440" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
         <v>394</v>
       </c>
       <c r="B441" t="s">
         <v>395</v>
       </c>
       <c r="C441">
         <v>13.2</v>
       </c>
       <c r="D441" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
         <v>396</v>
       </c>
       <c r="B442" t="s">
         <v>397</v>
@@ -8238,1808 +8169,1206 @@
         <v>6</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
         <v>398</v>
       </c>
       <c r="B443" t="s">
         <v>399</v>
       </c>
       <c r="C443">
         <v>13.2</v>
       </c>
       <c r="D443" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
         <v>400</v>
       </c>
       <c r="B444" t="s">
         <v>401</v>
       </c>
       <c r="C444">
-        <v>14.16</v>
+        <v>13.2</v>
       </c>
       <c r="D444" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
         <v>402</v>
       </c>
       <c r="B445" t="s">
         <v>403</v>
       </c>
       <c r="C445">
-        <v>15.0</v>
+        <v>14.16</v>
       </c>
       <c r="D445" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
         <v>404</v>
       </c>
       <c r="B446" t="s">
         <v>405</v>
       </c>
       <c r="C446">
-        <v>16.2</v>
+        <v>14.4</v>
       </c>
       <c r="D446" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
         <v>406</v>
       </c>
       <c r="B447" t="s">
         <v>407</v>
       </c>
       <c r="C447">
-        <v>16.2</v>
+        <v>15.0</v>
       </c>
       <c r="D447" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
         <v>408</v>
       </c>
       <c r="B448" t="s">
         <v>409</v>
       </c>
       <c r="C448">
-        <v>18.0</v>
+        <v>16.2</v>
       </c>
       <c r="D448" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
         <v>410</v>
       </c>
       <c r="B449" t="s">
         <v>411</v>
       </c>
       <c r="C449">
-        <v>18.0</v>
+        <v>16.2</v>
       </c>
       <c r="D449" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
         <v>412</v>
       </c>
       <c r="B450" t="s">
         <v>413</v>
       </c>
       <c r="C450">
         <v>18.0</v>
       </c>
       <c r="D450" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
         <v>414</v>
       </c>
       <c r="B451" t="s">
         <v>415</v>
       </c>
       <c r="C451">
         <v>18.0</v>
       </c>
       <c r="D451" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
         <v>416</v>
       </c>
       <c r="B452" t="s">
         <v>417</v>
       </c>
       <c r="C452">
         <v>18.0</v>
       </c>
       <c r="D452" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
         <v>418</v>
       </c>
       <c r="B453" t="s">
         <v>419</v>
       </c>
       <c r="C453">
-        <v>19.2</v>
+        <v>18.0</v>
       </c>
       <c r="D453" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
         <v>420</v>
       </c>
       <c r="B454" t="s">
         <v>421</v>
       </c>
       <c r="C454">
-        <v>19.8</v>
+        <v>18.0</v>
       </c>
       <c r="D454" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
         <v>422</v>
       </c>
       <c r="B455" t="s">
         <v>423</v>
       </c>
       <c r="C455">
-        <v>22.8</v>
+        <v>19.2</v>
       </c>
       <c r="D455" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
         <v>424</v>
       </c>
       <c r="B456" t="s">
         <v>425</v>
       </c>
       <c r="C456">
-        <v>24.0</v>
+        <v>19.8</v>
       </c>
       <c r="D456" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
         <v>426</v>
       </c>
       <c r="B457" t="s">
         <v>427</v>
       </c>
       <c r="C457">
-        <v>24.0</v>
+        <v>21.6</v>
       </c>
       <c r="D457" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
         <v>428</v>
       </c>
       <c r="B458" t="s">
         <v>429</v>
       </c>
       <c r="C458">
-        <v>24.0</v>
+        <v>22.8</v>
       </c>
       <c r="D458" t="s">
-        <v>430</v>
+        <v>6</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
+        <v>430</v>
+      </c>
+      <c r="B459" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="C459">
         <v>24.0</v>
       </c>
       <c r="D459" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
+        <v>432</v>
+      </c>
+      <c r="B460" t="s">
         <v>433</v>
       </c>
-      <c r="B460" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C460">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D460" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
+        <v>434</v>
+      </c>
+      <c r="B461" t="s">
         <v>435</v>
       </c>
-      <c r="B461" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C461">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D461" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
+        <v>436</v>
+      </c>
+      <c r="B462" t="s">
         <v>437</v>
       </c>
-      <c r="B462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C462">
-        <v>27.6</v>
+        <v>24.0</v>
       </c>
       <c r="D462" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
+        <v>438</v>
+      </c>
+      <c r="B463" t="s">
         <v>439</v>
       </c>
-      <c r="B463" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C463">
-        <v>27.6</v>
+        <v>27.0</v>
       </c>
       <c r="D463" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
+        <v>440</v>
+      </c>
+      <c r="B464" t="s">
         <v>441</v>
       </c>
-      <c r="B464" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C464">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="D464" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
+        <v>442</v>
+      </c>
+      <c r="B465" t="s">
         <v>443</v>
       </c>
-      <c r="B465" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C465">
-        <v>30.6</v>
+        <v>27.6</v>
       </c>
       <c r="D465" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
+        <v>444</v>
+      </c>
+      <c r="B466" t="s">
         <v>445</v>
       </c>
-      <c r="B466" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466">
-        <v>36.0</v>
+        <v>27.6</v>
       </c>
       <c r="D466" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
+        <v>446</v>
+      </c>
+      <c r="B467" t="s">
         <v>447</v>
       </c>
-      <c r="B467" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C467">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="D467" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
+        <v>448</v>
+      </c>
+      <c r="B468" t="s">
         <v>449</v>
       </c>
-      <c r="B468" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C468">
-        <v>36.0</v>
+        <v>30.6</v>
       </c>
       <c r="D468" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
+        <v>450</v>
+      </c>
+      <c r="B469" t="s">
         <v>451</v>
       </c>
-      <c r="B469" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C469">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D469" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
+        <v>452</v>
+      </c>
+      <c r="B470" t="s">
         <v>453</v>
       </c>
-      <c r="B470" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C470">
-        <v>39.6</v>
+        <v>36.0</v>
       </c>
       <c r="D470" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
+        <v>454</v>
+      </c>
+      <c r="B471" t="s">
         <v>455</v>
       </c>
-      <c r="B471" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C471">
-        <v>39.6</v>
+        <v>36.0</v>
       </c>
       <c r="D471" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
+        <v>456</v>
+      </c>
+      <c r="B472" t="s">
         <v>457</v>
       </c>
-      <c r="B472" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C472">
-        <v>42.0</v>
+        <v>38.4</v>
       </c>
       <c r="D472" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
+        <v>458</v>
+      </c>
+      <c r="B473" t="s">
         <v>459</v>
       </c>
-      <c r="B473" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C473">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D473" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
+        <v>460</v>
+      </c>
+      <c r="B474" t="s">
         <v>461</v>
       </c>
-      <c r="B474" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C474">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D474" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
+        <v>462</v>
+      </c>
+      <c r="B475" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="C475">
         <v>42.0</v>
       </c>
       <c r="D475" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
+        <v>464</v>
+      </c>
+      <c r="B476" t="s">
         <v>465</v>
       </c>
-      <c r="B476" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C476">
-        <v>45.6</v>
+        <v>42.0</v>
       </c>
       <c r="D476" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
+        <v>466</v>
+      </c>
+      <c r="B477" t="s">
         <v>467</v>
       </c>
-      <c r="B477" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C477">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D477" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
+        <v>468</v>
+      </c>
+      <c r="B478" t="s">
         <v>469</v>
       </c>
-      <c r="B478" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C478">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D478" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
+        <v>470</v>
+      </c>
+      <c r="B479" t="s">
         <v>471</v>
       </c>
-      <c r="B479" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C479">
-        <v>54.0</v>
+        <v>45.6</v>
       </c>
       <c r="D479" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
+        <v>472</v>
+      </c>
+      <c r="B480" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="C480">
         <v>54.0</v>
       </c>
       <c r="D480" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
+        <v>474</v>
+      </c>
+      <c r="B481" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="C481">
         <v>54.0</v>
       </c>
       <c r="D481" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
+        <v>476</v>
+      </c>
+      <c r="B482" t="s">
         <v>477</v>
       </c>
-      <c r="B482" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C482">
-        <v>60.0</v>
+        <v>54.0</v>
       </c>
       <c r="D482" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
+        <v>478</v>
+      </c>
+      <c r="B483" t="s">
         <v>479</v>
       </c>
-      <c r="B483" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C483">
-        <v>66.0</v>
+        <v>54.0</v>
       </c>
       <c r="D483" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
+        <v>480</v>
+      </c>
+      <c r="B484" t="s">
         <v>481</v>
       </c>
-      <c r="B484" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C484">
-        <v>66.0</v>
+        <v>54.0</v>
       </c>
       <c r="D484" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
+        <v>482</v>
+      </c>
+      <c r="B485" t="s">
         <v>483</v>
       </c>
-      <c r="B485" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C485">
-        <v>66.0</v>
+        <v>60.0</v>
       </c>
       <c r="D485" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
+        <v>484</v>
+      </c>
+      <c r="B486" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="C486">
         <v>66.0</v>
       </c>
       <c r="D486" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
+        <v>486</v>
+      </c>
+      <c r="B487" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="C487">
         <v>66.0</v>
       </c>
       <c r="D487" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
+        <v>488</v>
+      </c>
+      <c r="B488" t="s">
         <v>489</v>
       </c>
-      <c r="B488" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C488">
-        <v>72.0</v>
+        <v>66.0</v>
       </c>
       <c r="D488" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
+        <v>490</v>
+      </c>
+      <c r="B489" t="s">
         <v>491</v>
       </c>
-      <c r="B489" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C489">
-        <v>72.0</v>
+        <v>66.0</v>
       </c>
       <c r="D489" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
+        <v>492</v>
+      </c>
+      <c r="B490" t="s">
         <v>493</v>
       </c>
-      <c r="B490" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C490">
-        <v>81.6</v>
+        <v>66.0</v>
       </c>
       <c r="D490" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
+        <v>494</v>
+      </c>
+      <c r="B491" t="s">
         <v>495</v>
       </c>
-      <c r="B491" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C491">
-        <v>84.0</v>
+        <v>72.0</v>
       </c>
       <c r="D491" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
+        <v>496</v>
+      </c>
+      <c r="B492" t="s">
         <v>497</v>
       </c>
-      <c r="B492" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C492">
-        <v>96.0</v>
+        <v>72.0</v>
       </c>
       <c r="D492" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
+        <v>498</v>
+      </c>
+      <c r="B493" t="s">
         <v>499</v>
       </c>
-      <c r="B493" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C493">
-        <v>96.0</v>
+        <v>81.6</v>
       </c>
       <c r="D493" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
+        <v>500</v>
+      </c>
+      <c r="B494" t="s">
         <v>501</v>
       </c>
-      <c r="B494" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C494">
-        <v>102.0</v>
+        <v>84.0</v>
       </c>
       <c r="D494" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
+        <v>502</v>
+      </c>
+      <c r="B495" t="s">
         <v>503</v>
       </c>
-      <c r="B495" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C495">
-        <v>102.0</v>
+        <v>96.0</v>
       </c>
       <c r="D495" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
+        <v>504</v>
+      </c>
+      <c r="B496" t="s">
         <v>505</v>
       </c>
-      <c r="B496" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C496">
-        <v>102.0</v>
+        <v>96.0</v>
       </c>
       <c r="D496" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
+        <v>506</v>
+      </c>
+      <c r="B497" t="s">
         <v>507</v>
       </c>
-      <c r="B497" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C497">
-        <v>108.0</v>
+        <v>102.0</v>
       </c>
       <c r="D497" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
+        <v>508</v>
+      </c>
+      <c r="B498" t="s">
         <v>509</v>
       </c>
-      <c r="B498" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C498">
-        <v>108.0</v>
+        <v>102.0</v>
       </c>
       <c r="D498" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
+        <v>510</v>
+      </c>
+      <c r="B499" t="s">
         <v>511</v>
       </c>
-      <c r="B499" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C499">
-        <v>114.0</v>
+        <v>102.0</v>
       </c>
       <c r="D499" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
+        <v>512</v>
+      </c>
+      <c r="B500" t="s">
         <v>513</v>
       </c>
-      <c r="B500" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C500">
-        <v>120.0</v>
+        <v>108.0</v>
       </c>
       <c r="D500" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
+        <v>514</v>
+      </c>
+      <c r="B501" t="s">
         <v>515</v>
       </c>
-      <c r="B501" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C501">
-        <v>132.0</v>
+        <v>108.0</v>
       </c>
       <c r="D501" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
         <v>122</v>
       </c>
       <c r="B502" t="s">
         <v>123</v>
       </c>
       <c r="C502">
         <v>2.34</v>
       </c>
       <c r="D502" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
         <v>124</v>
       </c>
       <c r="B503" t="s">
         <v>125</v>
       </c>
       <c r="C503">
         <v>2.34</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B504" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C504">
         <v>3.6</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="B505" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="C505">
-        <v>3.6</v>
+        <v>4.2</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>264</v>
+        <v>287</v>
       </c>
       <c r="B506" t="s">
-        <v>265</v>
+        <v>288</v>
       </c>
       <c r="C506">
-        <v>4.2</v>
+        <v>5.4</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>288</v>
+        <v>382</v>
       </c>
       <c r="B507" t="s">
-        <v>289</v>
+        <v>383</v>
       </c>
       <c r="C507">
-        <v>5.4</v>
+        <v>9.6</v>
       </c>
       <c r="D507" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>314</v>
+        <v>384</v>
       </c>
       <c r="B508" t="s">
-        <v>315</v>
+        <v>385</v>
       </c>
       <c r="C508">
-        <v>6.6</v>
+        <v>10.2</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>354</v>
+        <v>404</v>
       </c>
       <c r="B509" t="s">
-        <v>355</v>
+        <v>405</v>
       </c>
       <c r="C509">
-        <v>8.52</v>
+        <v>14.4</v>
       </c>
       <c r="D509" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>356</v>
+        <v>426</v>
       </c>
       <c r="B510" t="s">
-        <v>357</v>
+        <v>427</v>
       </c>
       <c r="C510">
-        <v>8.88</v>
+        <v>21.6</v>
       </c>
       <c r="D510" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>382</v>
+        <v>454</v>
       </c>
       <c r="B511" t="s">
-        <v>383</v>
+        <v>455</v>
       </c>
       <c r="C511">
-        <v>9.6</v>
+        <v>36.0</v>
       </c>
       <c r="D511" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>400</v>
+        <v>466</v>
       </c>
       <c r="B512" t="s">
-        <v>401</v>
+        <v>467</v>
       </c>
       <c r="C512">
-        <v>14.16</v>
+        <v>42.0</v>
       </c>
       <c r="D512" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>404</v>
+        <v>468</v>
       </c>
       <c r="B513" t="s">
-        <v>405</v>
+        <v>469</v>
       </c>
       <c r="C513">
-        <v>16.2</v>
+        <v>42.0</v>
       </c>
       <c r="D513" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>406</v>
+        <v>470</v>
       </c>
       <c r="B514" t="s">
-        <v>407</v>
+        <v>471</v>
       </c>
       <c r="C514">
-        <v>16.2</v>
+        <v>45.6</v>
       </c>
       <c r="D514" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>410</v>
+        <v>482</v>
       </c>
       <c r="B515" t="s">
-        <v>411</v>
+        <v>483</v>
       </c>
       <c r="C515">
-        <v>18.0</v>
+        <v>60.0</v>
       </c>
       <c r="D515" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>412</v>
+        <v>488</v>
       </c>
       <c r="B516" t="s">
-        <v>413</v>
+        <v>489</v>
       </c>
       <c r="C516">
-        <v>18.0</v>
+        <v>66.0</v>
       </c>
       <c r="D516" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>414</v>
+        <v>490</v>
       </c>
       <c r="B517" t="s">
-        <v>415</v>
+        <v>491</v>
       </c>
       <c r="C517">
-        <v>18.0</v>
+        <v>66.0</v>
       </c>
       <c r="D517" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>416</v>
+        <v>492</v>
       </c>
       <c r="B518" t="s">
-        <v>417</v>
+        <v>493</v>
       </c>
       <c r="C518">
-        <v>18.0</v>
+        <v>66.0</v>
       </c>
       <c r="D518" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>422</v>
+        <v>508</v>
       </c>
       <c r="B519" t="s">
-        <v>423</v>
+        <v>509</v>
       </c>
       <c r="C519">
-        <v>22.8</v>
+        <v>102.0</v>
       </c>
       <c r="D519" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>426</v>
+        <v>510</v>
       </c>
       <c r="B520" t="s">
-        <v>427</v>
+        <v>511</v>
       </c>
       <c r="C520">
-        <v>24.0</v>
+        <v>102.0</v>
       </c>
       <c r="D520" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>428</v>
+        <v>516</v>
       </c>
       <c r="B521" t="s">
-        <v>429</v>
+        <v>517</v>
       </c>
       <c r="C521">
-        <v>24.0</v>
+        <v>114.0</v>
       </c>
       <c r="D521" t="s">
-        <v>430</v>
+        <v>337</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>431</v>
+        <v>518</v>
       </c>
       <c r="B522" t="s">
-        <v>432</v>
+        <v>519</v>
       </c>
       <c r="C522">
-        <v>24.0</v>
+        <v>132.0</v>
       </c>
       <c r="D522" t="s">
-        <v>430</v>
+        <v>337</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>433</v>
+        <v>520</v>
       </c>
       <c r="B523" t="s">
-        <v>434</v>
+        <v>521</v>
       </c>
       <c r="C523">
-        <v>27.0</v>
+        <v>138.0</v>
       </c>
       <c r="D523" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>435</v>
+        <v>522</v>
       </c>
       <c r="B524" t="s">
-        <v>436</v>
+        <v>523</v>
       </c>
       <c r="C524">
-        <v>27.0</v>
+        <v>156.0</v>
       </c>
       <c r="D524" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>447</v>
+        <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>448</v>
+        <v>525</v>
       </c>
       <c r="C525">
-        <v>36.0</v>
+        <v>192.0</v>
       </c>
       <c r="D525" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>449</v>
+        <v>526</v>
       </c>
       <c r="B526" t="s">
-        <v>450</v>
+        <v>527</v>
       </c>
       <c r="C526">
-        <v>36.0</v>
+        <v>282.0</v>
       </c>
       <c r="D526" t="s">
-        <v>6</v>
-[...26 lines deleted...]
-      <c r="D528" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="529" spans="1:4">
-[...572 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D570"/>
+  <autoFilter ref="A1:D527"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>