--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -7,58 +7,58 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="products" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$804</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'products'!$A$1:$D$729</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="772">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="678">
   <si>
     <t>Продукт</t>
   </si>
   <si>
     <t>Реф. номер</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Състояние</t>
   </si>
   <si>
     <t>Бутонна алкална батерия GP164 LR-621/ 10бр./pack цена за 1 бр./ 1.55V AG1 GP</t>
   </si>
   <si>
     <t>GP-BA-164F-U10</t>
   </si>
   <si>
     <t>наличен</t>
   </si>
   <si>
     <t>Бутонна алкална батерия GP177 LR-626/ 10 бр./pack цена за 1 бр./ AG4 1.55V GP</t>
   </si>
   <si>
@@ -688,392 +688,392 @@
   <si>
     <t>Бутонна батерия литиева GP CR2450 3V 5 бр. в блистер / цена за 1 бр./ GP</t>
   </si>
   <si>
     <t>GP-BL-CR2450-2U5</t>
   </si>
   <si>
     <t>Бутонна батерия сребърна MAXELL SR927 SW /395/399/  AG7   1.55V</t>
   </si>
   <si>
     <t>ML-BS-SR927-SW</t>
   </si>
   <si>
     <t>Бутонна батерия литиева GP CR2430, 3V,  5 бр. в блистер, цена за 1 бр.</t>
   </si>
   <si>
     <t>GP-BL-CR2430-2U5</t>
   </si>
   <si>
     <t>Батерия литиева CR1632 3V  GP BATTERIES, 5 бр. блистер /цена за 1 бр./</t>
   </si>
   <si>
     <t>GP-BL-CR1632-7U5</t>
   </si>
   <si>
+    <t>Бутонна батерия литиева CR1632 3V, 5бр. в блистер /цена за 1 бр./ MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BL-CR1632-5PK</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия SUPERCELL 13S-S2, R20, 2 бр. в опаковка/ shrink, 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13S-S2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бутонна батерия литиева EVE BATTERY CR 2032, 3V, с накрайници, industrial </t>
+  </si>
+  <si>
+    <t>EVE-CR2032-M0219-LF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бутонна батерия PANASONIC CR-1620, 3V, Литиева </t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL 12 V 1 бр. в опаковка за аларми А27 LR27 MN27</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR27-1PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева CR927  3V  /AG7/ 395 5PK BLISTER /цена за 1 батерия/ VINNIC</t>
+  </si>
+  <si>
+    <t>B-VIN-CR927</t>
+  </si>
+  <si>
+    <t>Бутонна литиева батерия DURACELL CR-1616, 3V</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Бутонна батерия DURACELL CR-1620, 3V, Литиева </t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1620</t>
+  </si>
+  <si>
+    <t>Алкална батерия ENERGIZER А23 LR23, 12V, За аларми, 1бр. блистер</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR23-1PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC  CR1220 3V</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Бутонна батерия DURACELL PROCELL CR2450, 3V, 1 бр. bulk, Литиева, /цена за 1 батерия/</t>
+  </si>
+  <si>
+    <t>PROCELL-CR2450-1PK-BULK</t>
+  </si>
+  <si>
+    <t>Батерия литиева CR1632 3V  GP BATTERIES, 1 бр. блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR1632-7U1</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия GP Greencell 13G-S2, R20, 2 бр. в опаковка / shrink, 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BM-13G-S2</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия BR1225 3V  1бр. /1pk/  ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BL-BR1225</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия GP  3R12 /1 бр. в опаковка/ блистер  4.5V PANASONIC</t>
+  </si>
+  <si>
+    <t>PAN-BM-3R12</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2325 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2325-CPU1</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2330 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2330-CPU1</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2320 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2320-CPU1</t>
+  </si>
+  <si>
+    <t>Батерия литиева индустриална EVE CR-123 3V Bulk</t>
+  </si>
+  <si>
+    <t>EVE-BL-CR123A-BULK</t>
+  </si>
+  <si>
+    <t>по заявка (обади се)</t>
+  </si>
+  <si>
+    <t>Цинк карбонова батерия  3R12 /1 бр. в опаковка/ блистер  4.5V  VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-BM-3R12</t>
+  </si>
+  <si>
+    <t>Батерия литиева CR1632 3V  ENERGIZER, 1 бр. блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Батерия литиева CR1632 3V  PANASONIC, 1 бр. блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR1632</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева DURACELL CR2430, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2430</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC CR2450, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2450</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева DURACELL  CR1220 3V 1PK блистер</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR1220</t>
+  </si>
+  <si>
+    <t>Литиева бутонна батерия GP  CR-2354 3V  1 бр. в блистер /цена за 1 бр./</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2354-CPU1</t>
+  </si>
+  <si>
+    <t>Батерия алкална LR44  AG13  2pk блистер 1,55V  DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR44-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева GP CR2032 3V  2 бр. в блистер DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2032-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева DURACELL CR2450, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Алкална батерия DURACELL LR-1 /2 бр. в опаковка/ 1.5V </t>
+  </si>
+  <si>
+    <t>DUR-BA-LR1-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC CR2430, 3V,  1 бр. в блистер, цена за 1 бр.</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2430</t>
+  </si>
+  <si>
+    <t>Алкална батерия  6LF22  9V 1pk bulk INTENSE MX1604  PROCELL /цена за 1бр./</t>
+  </si>
+  <si>
+    <t>PROCELL-6LF22-1PK-INT</t>
+  </si>
+  <si>
+    <t>Алкална батерия ENERGIZER 12 V 2 бр. в опаковка за аларми А27 LR27 /цена за 2 батерии/</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR27-2PK</t>
+  </si>
+  <si>
+    <t>Алкална батерия ENERGIZER А23 LR23, 12V, За аларми, 2бр. блистер /цена за 2 батерии/</t>
+  </si>
+  <si>
+    <t>ENERG-BA-LR23-2PK</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева PANASONIC CR-2354 3PIN, 1pk блистер</t>
+  </si>
+  <si>
+    <t>PAN-BL-CR2354</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL BASIC LR03 /4 бр. в блистер/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR03-BASIC</t>
+  </si>
+  <si>
+    <t>Акумулаторна Батерия GP R03 AAA 650mAh NiMH 65AAAHCE-EB2, 2 бр. в опаковка</t>
+  </si>
+  <si>
+    <t>GP-BR-65AAAHCE-EB2</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL BASIC LR6 /4 бр. в блистер/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR6-BASIC</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL C  LR-14 /2 бр. в опаковка/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR14-BASIC</t>
+  </si>
+  <si>
+    <t>Алкална батерия 6LF22 R22 9V  1pk блистер BASIC DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-6LF22-BASIC</t>
+  </si>
+  <si>
+    <t>Алкална батерия R22 9V INDUSTRIAL PRO 1pk bulk VARTA</t>
+  </si>
+  <si>
+    <t>VARTA-BA-6LR61-9V-IND</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Батерия алкална DURACELL LR1130 LR54 AG10, 2pk блистер 1.5V  </t>
+  </si>
+  <si>
+    <t>DUR-BA-LR1130-2PK</t>
+  </si>
+  <si>
+    <t>Батерия литиева XTAR CR-123, 3V, Фото</t>
+  </si>
+  <si>
+    <t>XTAR-BL-CR123</t>
+  </si>
+  <si>
+    <t>Алкална батерия  1.5V AAAA LR61- 2бр. в опаковка DURACELL</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR61-AAAA-2PK</t>
+  </si>
+  <si>
+    <t>Алкална батерия GP ULTRA LR14 /2 бр. в опаковка shrink/ 14AU21-S2 1.5V</t>
+  </si>
+  <si>
+    <t>GP-BA-14AU21-S2</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева  CR2450 3V 2 бр. в блистер / цена за 2 бр./ ENERGIZER</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2450-2PK</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна MAXELL ZA13 6 бр. бутонни за слухов апарат в блистер</t>
+  </si>
+  <si>
+    <t>ML-BZ-ZA13</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева RENATA CR-2477 3V</t>
+  </si>
+  <si>
+    <t>B-REN-BL-CR2477N</t>
+  </si>
+  <si>
+    <t>Акумулаторна батерия ML 1220 LITHIUM 3.0V  MAXELL</t>
+  </si>
+  <si>
+    <t>ML-BR-ML1220</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева  GP BATTERIES CR-2477, 3V</t>
+  </si>
+  <si>
+    <t>GP-BL-CR2477E-7U1</t>
+  </si>
+  <si>
+    <t>Алкална батерия DURACELL LR20 D /2 бр. в опаковка/ 1.5V</t>
+  </si>
+  <si>
+    <t>DUR-BA-LR20-BASIC</t>
+  </si>
+  <si>
+    <t>Бутонна батерия литиева ENERGIZER CR2430, 3V,  2 бр. в блистер, цена за 2 батерии</t>
+  </si>
+  <si>
+    <t>ENERG-BL-CR2430-2PK</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна DURACELL ZA312 6 бр. бутонни за слухов апарат в блистер</t>
+  </si>
+  <si>
+    <t>DUR-BZ-ZA312</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна DURACELL ZA10 6 бр.</t>
+  </si>
+  <si>
+    <t>DUR-BZ-ZA10</t>
+  </si>
+  <si>
+    <t>Батерия цинково въздушна DURACELL ZA675 6 бр. бутонни за слухов апарат в блистер</t>
+  </si>
+  <si>
+    <t>DUR-BZ-ZA675</t>
+  </si>
+  <si>
+    <t>Батерия литиева Фото DURACELL CR-123 3V</t>
+  </si>
+  <si>
+    <t>DUR-BL-DL123A</t>
+  </si>
+  <si>
     <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
-    <t>Бутонна батерия литиева CR1632 3V, 5бр. в блистер /цена за 1 бр./ MAXELL</t>
-[...337 lines deleted...]
-  <si>
     <t>Литиева бутонна батерия GP  CR-3032 3V  1 бр. в блистер /цена за 1 бр./</t>
   </si>
   <si>
     <t>GP-BL-CR3032-CPU1</t>
   </si>
   <si>
     <t>Батерия литиева GP CR-123, 3V, Фото</t>
   </si>
   <si>
     <t>PAN-BL-CR123</t>
   </si>
   <si>
     <t xml:space="preserve">Бутонна батерия DURACELL CR-1632, 3V, Литиева </t>
   </si>
   <si>
     <t>DUR-BL-CR1632</t>
   </si>
   <si>
     <t>Батерия ENERGIZER CR123 Photo, Lithium, 3V, 1pk блистер</t>
   </si>
   <si>
     <t>ENERG-BL-CR123</t>
   </si>
   <si>
     <t>Бутонна батерия литиева GP CR2032 3V  4 бр. в блистер / цена за 4 бр. батерия/ GP</t>
@@ -1162,74 +1162,86 @@
   <si>
     <t>Бутонна батерия литиева PANASONIC CR2032, 3V, 6 бр. в блистер /цена за 6 бр./</t>
   </si>
   <si>
     <t>PAN-BL-CR2032-6PK</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL LR20 D PLUS /2 бр. в опаковка/ 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR20-PLUS</t>
   </si>
   <si>
     <t>Батерия за телефон за Siemens Gigaset A120/A140  2*AАA 2.4V NiMH 650mAh T382 Cameron sino</t>
   </si>
   <si>
     <t>CS-SX383CL</t>
   </si>
   <si>
     <t>Цинк карбонова батерия  4R25 /1 бр. в опаковка/   6V 7.5Ah  VARTA</t>
   </si>
   <si>
     <t>VARTA-4R25-6V</t>
   </si>
   <si>
+    <t>Батерия литиевa CR2450  3V 2pk блистер DURACELL /цена за 2 батерии/</t>
+  </si>
+  <si>
+    <t>DUR-BL-CR2450-2PK</t>
+  </si>
+  <si>
     <t>Батерия за телефон 3* 1/2АА 3.6V NiMH 600mAh T279  KX-A36A Cameron Sino</t>
   </si>
   <si>
     <t>CS-CPB8013</t>
   </si>
   <si>
     <t>Батерия за телефон 3* ААА 3.6V NiMH 700mAh GPT207 за Panasonic KX-TC1210  Cameron Sino</t>
   </si>
   <si>
     <t>CS-P102CL</t>
   </si>
   <si>
     <t>Батерия за телефон 3* ААА 3.6V NiMH 700mAh GPT207 /universal conector/ за Panasonic KX-TC1210  Cameron Sino</t>
   </si>
   <si>
     <t>CS-CPB036UL</t>
   </si>
   <si>
     <t>Бутонна батерия литиева 3V CR2412  VINNIC</t>
   </si>
   <si>
     <t>VIN-BL-CR2412</t>
   </si>
   <si>
+    <t>Батерия алкална LR20 D 1pk bulk INTENSE  PROCELL</t>
+  </si>
+  <si>
+    <t>PROCELL-LR20-1PK-INT</t>
+  </si>
+  <si>
     <t>Батерия за телефон 3* 1/2АА 3.6V NiMH 600mAh GPT279 KX-A36A Cameron Sino</t>
   </si>
   <si>
     <t>CS-P302CL</t>
   </si>
   <si>
     <t>Литиева акумулаторна батерия VL2020 VCN 3V 20 mAh  PANASONIC</t>
   </si>
   <si>
     <t>PAN-BL-VL2020-VCN</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL OPTIMUM  MX2400 LR03 AAA /8 бр. в блистер/ 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL OPTIMUM LR6 /8 бр. в блистер/ 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-OPTIMUM-8PK</t>
   </si>
   <si>
     <t>Батерия за телефон 3* АА 3.6V NiMH 1300mAh GPT392 KX-A36 Cameron Sino</t>
@@ -1252,101 +1264,110 @@
   <si>
     <t>GP SUMMER PACK Алкални батерии  Super AA x 12 бр. + Super AAA x 12 бр. + Fan/ Вентилатор/  GP BATTERIES</t>
   </si>
   <si>
     <t>GP-BA-15A-24A-FANWETA21</t>
   </si>
   <si>
     <t>GP SUMMER PACK Алкални батерии  ULTRA AA x 12 бр. + ULTRA AAA x 12 бр. + Fan/ Вентилатор/  GP BATTERIES</t>
   </si>
   <si>
     <t>GP-BA-15AU-24AU-FANWETA21</t>
   </si>
   <si>
     <t>Батерия за телефон 2* АA 2.4V NiMH 1500mAh GP60AS2BMX Panasonic KX-TG2000 Cameron Sino</t>
   </si>
   <si>
     <t>CS-P506CL</t>
   </si>
   <si>
     <t>Батерия за телефон 2,4V 850mAh pack HHR-P105 за PANASONIC KX242  Cameron Sino</t>
   </si>
   <si>
     <t>CS-P105CL</t>
   </si>
   <si>
-    <t>на път</t>
+    <t>Литиева батерия CR-1/2AA  3V 950mAh  VARTA MICROBATTERY</t>
+  </si>
+  <si>
+    <t>VARTA-CR-1-2AA-MB</t>
   </si>
   <si>
     <t>Батерия за телефон 3* 1/2АА 3.6V NiMH 600mAh V Tech 2417  KX-A40 Cameron Sino</t>
   </si>
   <si>
     <t>CS-P303CL</t>
   </si>
   <si>
     <t>Батерия за телефон Doro TH50 TH60 2,4V 600mAh NIMH  SDT500CL  Cameron Sino</t>
   </si>
   <si>
     <t>CS-SDT500CL</t>
   </si>
   <si>
     <t>Литиева акумулаторна батерия CS-VL2020D9 VL2020  3V 20 mAh  /за дистанционни на BMW X3,X4,X5/ Cameron Sino</t>
   </si>
   <si>
     <t>CS-VL2020D9</t>
   </si>
   <si>
     <t>Батерия за телефон 3.6V NiMH 850mAh HHR-P104 Panasonic KX-TG5452M Cameron Sino</t>
   </si>
   <si>
     <t>CS-P104CL</t>
   </si>
   <si>
     <t>Литиево тионил батерия SAFT  3,6V AA R6 2,6Ah LS14500 -с удълж. жички</t>
   </si>
   <si>
     <t>SAFT-BL-LS14500-AX</t>
   </si>
   <si>
     <t>CMOS Backup CR2032 CS-CM017SL 3V 200mAh литиева Cameron Sino</t>
   </si>
   <si>
     <t>CS-CM017SL</t>
   </si>
   <si>
     <t>Батерия CMOS Backup CR2032 CS-HDV600BU за лаптопи HP, Lenovo 3V 200mAh литиева Cameron Sino</t>
   </si>
   <si>
     <t>CS-HDV600BU</t>
   </si>
   <si>
     <t>Батерия CMOS Backup CR2032 CS-HQC600BU  за лаптопи HP, Lenovo, Acer 3V 200mAh литиева Cameron Sino</t>
   </si>
   <si>
     <t>CS-HQC600BU</t>
   </si>
   <si>
+    <t>Батерия за телефон Panasonic KX-A16 KX-T1232 KX-T308  2,4V 300mAh CS-T308CL Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-T308CL</t>
+  </si>
+  <si>
     <t>Батерия за телефон Avaya 4027; Alcatel DECT 8262   3,7V 1200mAh LiIon CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AY4020CL</t>
   </si>
   <si>
     <t>Батерия за телефон Avaya DECT 3720   3,7V 650mAh LiIon CAMERON SINO</t>
   </si>
   <si>
     <t>CS-ERT390CL</t>
   </si>
   <si>
     <t>Батерия за телефон 2.4V NiMH 500mAh BT-183482 за V TECH 89134801; DS6401DS6401 Cameron Sino</t>
   </si>
   <si>
     <t>CS-VTS640CL</t>
   </si>
   <si>
     <t>Батерия за мобилен телефон  DORO Easy 5 Plus, PhoneEasy 332, Primo 215, Primo 405 LiIon 3,7V 1200mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-DEP215SL</t>
   </si>
   <si>
     <t>Батерия за мобилен телефон  DORO 6821,  6881, 1370, 6060  380147 LiIon 3,7V 1200mAh CAMERON SINO</t>
@@ -1399,50 +1420,56 @@
   <si>
     <t>Батерия за мобилен телефон CAMERON SINO BL-5C, за Nokia 105 2700 3110 5130 6230 E50, 3.7V, 1000mAh</t>
   </si>
   <si>
     <t>CS-NK5CMX</t>
   </si>
   <si>
     <t>Батерия за мобилен телефон  ALCATEL 2010D, One Touch 356, One Touch 665  CAB22B0000C1 LiIon 3,7V 700mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-OT665SL</t>
   </si>
   <si>
     <t>Батерия за мобилен телефон   PANASONIC KX-TU301, KX-TU321, KX-TU327 CGA-LB102 LiIon 3,7V 700mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-PTU301SL</t>
   </si>
   <si>
     <t>Батерия за телефон SAGEM DECT31, DECT32 , MISTRAL220 3.6V NiMH 300mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SEC31CL</t>
   </si>
   <si>
+    <t>Оловна батерия TED ELECTRIC, 12V / 1.4 Ah- 98/43,5/53 mm AGM</t>
+  </si>
+  <si>
+    <t>TED-12V-1.4AH</t>
+  </si>
+  <si>
     <t>Алкална батерия DURACELL BASIC LR6 20pk блистер /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR6-BASIC-20PK</t>
   </si>
   <si>
     <t>Алкална батерия DURACELL BASIC LR03 20pk блистер /10 * 2/ HBDC 1.5V</t>
   </si>
   <si>
     <t>DUR-BA-LR03-BASIC-20PK</t>
   </si>
   <si>
     <t>Батерия за телефон Siemens Gigaset SL780  3,7V 830mAh LiIon CAMERON SINO</t>
   </si>
   <si>
     <t>CS-SX780CL</t>
   </si>
   <si>
     <t>Батерия за мобилен телефон Sony Z800, G700, K800i, Z750 BST-33 LiIon  3,7V 900 mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-ERV800SL</t>
   </si>
   <si>
     <t>Батерия за телефон Siemens Gigaset SL780  3,7V 950mAh LiIon CAMERON SINO</t>
@@ -1699,56 +1726,86 @@
   <si>
     <t>Батерия за мобилен телефон   SAMSUNG Galaxy Xcover 4, SM-G390 EB-BG390BBE  LiIon 3,85V 2500mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-SMG390XL</t>
   </si>
   <si>
     <t>Батерия  за бебефон Motorola MBP36 GB390822 3,6V 1000mA NIMH Cameron Sino</t>
   </si>
   <si>
     <t>CS-SBT290MB</t>
   </si>
   <si>
     <t>Батерия за уред за почистване на прозорци KARCHER WV1  LiIon 3,7V 2900mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-WGF300VX</t>
   </si>
   <si>
     <t>Батерия за компютър за поливане GARDENA C1060 plus Solar  7.4V 800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-GRC105PW</t>
   </si>
   <si>
+    <t>Батерия за електронна книга AMAZON Kindle 7, Kindle 8 58-000083  3,7V  890mAh LiPo CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-ABD063SL</t>
+  </si>
+  <si>
     <t>Батерия алкална индустриална LR20 D 10pk опаковка INTENSE  PROCELL /цена за 10 бр./</t>
   </si>
   <si>
     <t>PROCELL-LR20-10PK-INT</t>
   </si>
   <si>
+    <t>Батерия за баркод скенер Datalogic CVR2 DL-Memor/ Wasp DT10  94ACC1368  LiIon  3.7V 1000mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-DAV200BL</t>
+  </si>
+  <si>
+    <t>Батерия за баркод скенер ZEBRA WT4000/ SYMBOL WT4000 55-000166-01 LiIon  3.7V 2200mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-ET4090BL</t>
+  </si>
+  <si>
+    <t>Батерия за баркод скенер Honeywell / Datalogic/ Metrologic SP5600 CipherLAB 8300   LiIon  3.7V 1800mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-CLB830BL</t>
+  </si>
+  <si>
+    <t>Батерия за баркод скенер AML M7100 M7220   180-7100   LiIon  7.4V 2200mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-AML710BL</t>
+  </si>
+  <si>
     <t>Батерия за апарат NIKON EN-EL9  D-SLR D40 D60 D3000 D5000, 7.4V, 1000mAh, Li-Ion, Cameron Sino</t>
   </si>
   <si>
     <t>CS-ENEL9</t>
   </si>
   <si>
     <t>Батерия за апарат NIKON EN-E23  Coolpix P600; P900  LiIon 3,8V  1700mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-NKP600MX</t>
   </si>
   <si>
     <t>Батерия за камера GOPRO Hero 5; Hero 6; Hero 7; Hero 8   AHDBT-501  3,85V 1250mAh   LIIon Cameron Sino</t>
   </si>
   <si>
     <t>CS-GDB501MX</t>
   </si>
   <si>
     <t>Батерия за камера GOPRO Hero 5; HERO 6; Hero 7; Hero 8  AABAT-001  3,85V 1220mAh   LIIon Cameron Sino</t>
   </si>
   <si>
     <t>CS-GDB800MX</t>
   </si>
   <si>
     <t>Батерия за камера GO PRO Hero 9; HERO 10; Hero 11; Hero 12  AHDBT-901  3,85V 1720mAh   LIIon Cameron Sino</t>
@@ -1765,116 +1822,92 @@
   <si>
     <t>Батерия за фотоапарат SONY  NP BN1  LiIon 3.7V 630mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-BN1</t>
   </si>
   <si>
     <t>Батерия за мобилен телефон EMPORIA Smart 3 Mini, Smart 4 AK-S3M-BC   LiPo 3,8V 2500mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-EAS310SL</t>
   </si>
   <si>
     <t>Батерия за радиостанция Motorola EM1000.T5300, T800 1532/4002A NIMH  3,6V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTV500TW</t>
   </si>
   <si>
     <t>Батерия за радиостанция MIDLAND 456R, G6, G8  PB-G8   NIMH  4,8V 700mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MIM99TW</t>
   </si>
   <si>
-    <t>Батерия за апарат NIKON EN-EL15MC  Li-Ion 7V 1400mAh Cameron Sino</t>
-[...10 lines deleted...]
-  <si>
     <t>Батерия за плейстейшън Sony PS5 DualSense, CFI-1015A, CFI-ZCT1W LIP1708  LiPo 3,7V 1600mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SP170SL</t>
   </si>
   <si>
     <t>Батерия за гейм конзола Sony CUH-ZCT1E  Dualshock 4 Wireless Controller LIP1522  LiPo 3,7V 1800mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SP152XL</t>
   </si>
   <si>
     <t>Батерия за блутут тонколона Harman/Kardon Onyx 4 CS-HKE400SL 3,7V  3000mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-HKE400SL</t>
   </si>
   <si>
     <t>Батерия  за рутер хотспот  ZTE NUBIA WD660 6BT-R600A-0006 / BM600 / ZYXEL  3,7V  1800mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-NWD660RC</t>
   </si>
   <si>
     <t>Батерия за електронна книга Pocketbook 641,626,614,632, Touch Lux 3    3,7V  1450mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-PTK626SL</t>
   </si>
   <si>
     <t>Батерия за радиостанция Motorola CLP1010, CLP1040, CLP1060, SL7500  LiIon  3,7V 1800mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MRP446TW</t>
   </si>
   <si>
     <t>Батерия за фотоапарат / камера CANON NB13MC  NB13L  3,7V 1050 mAh  LiIon Cameron Sino</t>
   </si>
   <si>
     <t>CS-NB13MC</t>
   </si>
   <si>
-    <t>Батерия за лаптоп GREEN CELL, Lenovo IdeaPad S500 Flex 14 14D 15 15D / 14,4V 2200mAh</t>
-[...10 lines deleted...]
-  <si>
     <t>Батерия за радиостанция Kirisun PT4200, PT5200, PT558, PT668  KB-42A / KB58A   LiPo  7,4V 1600mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-KPT5200TW</t>
   </si>
   <si>
     <t>Батерия за радиостанция Motorola EM1000.T5300, T800 1532/4002A NIMH  3,6V 1500mA Cameron Sino</t>
   </si>
   <si>
     <t>CS-MTV510TW</t>
   </si>
   <si>
     <t>Батерия за прахосмукачка CECOTEC CONGA 1090, CONGA 950  LiIon 14,4V 2600mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-CNS990VX</t>
   </si>
   <si>
     <t>Батерия за фотоапарат CANON EOS 5D, EOS 60D LiIon 7.2V 2000mAh  Cameron Sino</t>
   </si>
   <si>
     <t>CS-CPN600MX</t>
   </si>
   <si>
     <t>Батерия за електронна книга AMAZON S2011-001-S KINDLE 4, 5, 6   CS-ABD006SL  3,7V  750mAh LiPo CAMERON SINO</t>
@@ -1903,477 +1936,162 @@
   <si>
     <t>Батерия Cameron Sino,  акумулаторен уред за връзване на лози Pellenc Fixion AP25 P80, 29101621 7.2V 3000mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-PLP250PW</t>
   </si>
   <si>
     <t>Батерия за акумулаторна ножица за трева Stihl HSA25, 45154006500  10.8V 2500mAh Cameron Sino</t>
   </si>
   <si>
     <t>CS-SHA250PX</t>
   </si>
   <si>
     <t>Батерия литиева индустриална CR123 3V  10 бр. в опаковка PROCELL INTENSE DURACELL /цена за 10 бр. батерии/</t>
   </si>
   <si>
     <t>PROCELL-CR123-INT-10PK</t>
   </si>
   <si>
     <t>Батерия литиева индустриална CR2 3V  10 бр. в опаковка PROCELL INTENSE DURACELL /цена за 10 бр. батерии/</t>
   </si>
   <si>
     <t>PROCELL-CR2-INT-10PK</t>
   </si>
   <si>
-    <t>Батерия за баркод скенер Honeywell EDA50   50129589-001   LiPo  3.8V 4000mAh Cameron Sino</t>
-[...338 lines deleted...]
-    <t>CS-GRA180PW</t>
+    <t>Зарядно устройство за NIMH/LiIon батерии 4 гнезда LCD дисплей USB VX4 SET  XTAR</t>
+  </si>
+  <si>
+    <t>XTAR-C-VX4-SET</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP 14-CE1008TX, 15-DA0128NIA, HSTNN-DB8R HT03XL LiPo 11,55V 3550mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG250NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP 250 G4-M9S91EA, Pavilion 14-AC108NE, Pavilion 15-AC013NG, 807611-121 HS04XL LiIon 10,95V 2600mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG244NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP PROBOOK 430 G6-5PP35EA, PROBOOK 440 G6-5PQ07EA HSTNN-0B1C LipO 11.55V 3800mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG460NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Latitude 5420, Latitude 5520  005R42, WY9DX LiPo 11.4V 3350mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL520NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп HP GAMING PAVILION 15-DK0009NG, Pavilion Gaming 16-A0006NM, HSTNN-DB9G PG03XL LipO 11.55V 4500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-HPG150NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Inspiron 7506, LATITUDE 5400, Precision M3540 49HG8 LiIon  11,4V 4100mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEP354NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Inspiron 7591 2-in-1, Latitude 5400, Latitude 5500, Precision 3550 11.4V 3500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL540NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL CTOL7480-D1506CN, Latitude 12 7000, Latitude 13 7380 LiIon 7.6V 7500mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL728NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  Lenovo ThinkPad T440 T440s T450 T450s T460 T460p T470p T550 T560 W550s X240 X250 X260 X270 L450 L460 L470 10,8V 4400mAh  GREEN CELL</t>
   </si>
   <si>
     <t>GC-LENOVO-X240-LE57V2</t>
   </si>
   <si>
-    <t>Батерия за прахосмукачка LENOVO Cleaner T1S pro, XIAOMI Roidmi Eve Plus  LiIon 14,4V 5200mAh CAMERON SINO</t>
-[...65 lines deleted...]
-    <t>CS-VKR200VX</t>
+    <t>Батерия  за лаптоп DELL Latitude 14 5420, Latitude 15 5520, Precision 15 3560 LiPo  15.2V 4100mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL552NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Latitude 14 5490, Latitude 15 5590, Precision 3520  LiIon 7.6V 8800mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL145NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп HP ENVY 13-AH0000 HSTNN-IB8K TPN-W133 LIPo 15.4V 3400mAh Cameron Sino</t>
+  </si>
+  <si>
+    <t>CS-HPW133NB</t>
   </si>
   <si>
     <t>Батерия за лаптоп  DELL 33YDH Dell Latitude 5400, 5401, 5410, 5411, 5500, 5501, 5510, 5511, 7591  15,2V  4000mAh GREEN CELL</t>
   </si>
   <si>
     <t>GC-DELL-3HWPP-DE166</t>
   </si>
   <si>
+    <t>Батерия  за лаптоп DELL Latitude 14 5410, Latitude 15 5511 3HWPP 15.2V 4150mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEL550NB</t>
+  </si>
+  <si>
     <t>Батерия за лаптоп Apple MacBook Air 13" A1466 2013/2012/2014  LiPo 7,6V 7150mAh CAMERON SINO</t>
   </si>
   <si>
     <t>CS-AM1496NB</t>
+  </si>
+  <si>
+    <t>Батерия за лаптоп Apple MacBook Air 13" A1466 2012  LiPo 7,3V 6700mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-AM1405NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Precision 7330, 7530, 7540, 7730  0RY3F9   11,4V 8000mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEP753NB</t>
+  </si>
+  <si>
+    <t>Батерия  за лаптоп DELL Precision 7550 68ND3, J0VNR LiIon  11,4V  7850mAh CAMERON SINO</t>
+  </si>
+  <si>
+    <t>CS-DEP755NB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2677,51 +2395,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D804"/>
+  <dimension ref="A1:D729"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="178.099" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2772,51 +2490,51 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5">
         <v>0.996</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6">
         <v>0.996</v>
       </c>
       <c r="D6" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7">
         <v>0.996</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>0.996</v>
@@ -3822,51 +3540,51 @@
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>162</v>
       </c>
       <c r="B80" t="s">
         <v>163</v>
       </c>
       <c r="C80">
         <v>2.88</v>
       </c>
       <c r="D80" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>164</v>
       </c>
       <c r="B81" t="s">
         <v>165</v>
       </c>
       <c r="C81">
         <v>2.88</v>
       </c>
       <c r="D81" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>166</v>
       </c>
       <c r="B82" t="s">
         <v>167</v>
       </c>
       <c r="C82">
         <v>3.0</v>
       </c>
       <c r="D82" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>168</v>
       </c>
       <c r="B83" t="s">
         <v>169</v>
       </c>
       <c r="C83">
         <v>3.0</v>
@@ -4970,51 +4688,51 @@
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>162</v>
       </c>
       <c r="B162" t="s">
         <v>163</v>
       </c>
       <c r="C162">
         <v>2.88</v>
       </c>
       <c r="D162" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>164</v>
       </c>
       <c r="B163" t="s">
         <v>165</v>
       </c>
       <c r="C163">
         <v>2.88</v>
       </c>
       <c r="D163" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>172</v>
       </c>
       <c r="B164" t="s">
         <v>173</v>
       </c>
       <c r="C164">
         <v>3.0</v>
       </c>
       <c r="D164" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>174</v>
       </c>
       <c r="B165" t="s">
         <v>175</v>
       </c>
       <c r="C165">
         <v>3.0</v>
@@ -5320,227 +5038,227 @@
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>220</v>
       </c>
       <c r="B187" t="s">
         <v>221</v>
       </c>
       <c r="C187">
         <v>3.6</v>
       </c>
       <c r="D187" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>222</v>
       </c>
       <c r="B188" t="s">
         <v>223</v>
       </c>
       <c r="C188">
         <v>3.6</v>
       </c>
       <c r="D188" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
+        <v>224</v>
+      </c>
+      <c r="B189" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="C189">
         <v>3.6</v>
       </c>
       <c r="D189" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
+        <v>226</v>
+      </c>
+      <c r="B190" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C190">
         <v>3.6</v>
       </c>
       <c r="D190" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
+        <v>228</v>
+      </c>
+      <c r="B191" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C191">
         <v>3.6</v>
       </c>
       <c r="D191" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
+        <v>230</v>
+      </c>
+      <c r="B192" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C192">
         <v>3.6</v>
       </c>
       <c r="D192" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
+        <v>232</v>
+      </c>
+      <c r="B193" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C193">
         <v>3.6</v>
       </c>
       <c r="D193" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
+        <v>234</v>
+      </c>
+      <c r="B194" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C194">
         <v>3.6</v>
       </c>
       <c r="D194" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
+        <v>236</v>
+      </c>
+      <c r="B195" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C195">
         <v>3.6</v>
       </c>
       <c r="D195" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
+        <v>238</v>
+      </c>
+      <c r="B196" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C196">
         <v>3.6</v>
       </c>
       <c r="D196" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
+        <v>240</v>
+      </c>
+      <c r="B197" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C197">
         <v>3.6</v>
       </c>
       <c r="D197" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
+        <v>242</v>
+      </c>
+      <c r="B198" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C198">
         <v>3.6</v>
       </c>
       <c r="D198" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
+        <v>244</v>
+      </c>
+      <c r="B199" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C199">
         <v>3.6</v>
       </c>
       <c r="D199" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
+        <v>246</v>
+      </c>
+      <c r="B200" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C200">
         <v>3.72</v>
       </c>
       <c r="D200" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
+        <v>248</v>
+      </c>
+      <c r="B201" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="C201">
         <v>3.78</v>
       </c>
       <c r="D201" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>18</v>
       </c>
       <c r="B202" t="s">
         <v>19</v>
       </c>
       <c r="C202">
         <v>0.996</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>20</v>
@@ -5866,51 +5584,51 @@
     <row r="226" spans="1:4">
       <c r="A226" t="s">
         <v>154</v>
       </c>
       <c r="B226" t="s">
         <v>155</v>
       </c>
       <c r="C226">
         <v>2.7</v>
       </c>
       <c r="D226" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
         <v>164</v>
       </c>
       <c r="B227" t="s">
         <v>165</v>
       </c>
       <c r="C227">
         <v>2.88</v>
       </c>
       <c r="D227" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
         <v>194</v>
       </c>
       <c r="B228" t="s">
         <v>195</v>
       </c>
       <c r="C228">
         <v>3.0</v>
       </c>
       <c r="D228" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
         <v>196</v>
       </c>
       <c r="B229" t="s">
         <v>197</v>
       </c>
       <c r="C229">
         <v>3.0</v>
@@ -5969,802 +5687,802 @@
         <v>213</v>
       </c>
       <c r="C233">
         <v>3.36</v>
       </c>
       <c r="D233" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
         <v>214</v>
       </c>
       <c r="B234" t="s">
         <v>215</v>
       </c>
       <c r="C234">
         <v>3.36</v>
       </c>
       <c r="D234" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
+        <v>226</v>
+      </c>
+      <c r="B235" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="C235">
         <v>3.6</v>
       </c>
       <c r="D235" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
+        <v>228</v>
+      </c>
+      <c r="B236" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C236">
         <v>3.6</v>
       </c>
       <c r="D236" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
+        <v>230</v>
+      </c>
+      <c r="B237" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C237">
         <v>3.6</v>
       </c>
       <c r="D237" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
+        <v>232</v>
+      </c>
+      <c r="B238" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C238">
         <v>3.6</v>
       </c>
       <c r="D238" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
+        <v>234</v>
+      </c>
+      <c r="B239" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C239">
         <v>3.6</v>
       </c>
       <c r="D239" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
+        <v>236</v>
+      </c>
+      <c r="B240" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C240">
         <v>3.6</v>
       </c>
       <c r="D240" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
+        <v>238</v>
+      </c>
+      <c r="B241" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C241">
         <v>3.6</v>
       </c>
       <c r="D241" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
+        <v>240</v>
+      </c>
+      <c r="B242" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C242">
         <v>3.6</v>
       </c>
       <c r="D242" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
+        <v>242</v>
+      </c>
+      <c r="B243" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C243">
         <v>3.6</v>
       </c>
       <c r="D243" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
+        <v>244</v>
+      </c>
+      <c r="B244" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C244">
         <v>3.6</v>
       </c>
       <c r="D244" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
+        <v>246</v>
+      </c>
+      <c r="B245" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C245">
         <v>3.72</v>
       </c>
       <c r="D245" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
+        <v>250</v>
+      </c>
+      <c r="B246" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C246">
         <v>4.14</v>
       </c>
       <c r="D246" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
+        <v>252</v>
+      </c>
+      <c r="B247" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="C247">
         <v>4.2</v>
       </c>
       <c r="D247" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
+        <v>254</v>
+      </c>
+      <c r="B248" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C248">
         <v>4.2</v>
       </c>
       <c r="D248" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
+        <v>256</v>
+      </c>
+      <c r="B249" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C249">
         <v>4.2</v>
       </c>
       <c r="D249" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
+        <v>258</v>
+      </c>
+      <c r="B250" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C250">
         <v>4.2</v>
       </c>
       <c r="D250" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
+        <v>260</v>
+      </c>
+      <c r="B251" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C251">
         <v>4.2</v>
       </c>
       <c r="D251" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
+        <v>263</v>
+      </c>
+      <c r="B252" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C252">
         <v>4.2</v>
       </c>
       <c r="D252" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
+        <v>265</v>
+      </c>
+      <c r="B253" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="C253">
         <v>4.32</v>
       </c>
       <c r="D253" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
+        <v>267</v>
+      </c>
+      <c r="B254" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="C254">
         <v>4.32</v>
       </c>
       <c r="D254" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
+        <v>269</v>
+      </c>
+      <c r="B255" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C255">
         <v>4.44</v>
       </c>
       <c r="D255" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
+        <v>271</v>
+      </c>
+      <c r="B256" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C256">
         <v>4.56</v>
       </c>
       <c r="D256" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
+        <v>273</v>
+      </c>
+      <c r="B257" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C257">
         <v>4.56</v>
       </c>
       <c r="D257" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
+        <v>275</v>
+      </c>
+      <c r="B258" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C258">
         <v>4.8</v>
       </c>
       <c r="D258" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
+        <v>277</v>
+      </c>
+      <c r="B259" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C259">
         <v>4.8</v>
       </c>
       <c r="D259" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
+        <v>279</v>
+      </c>
+      <c r="B260" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="C260">
         <v>5.04</v>
       </c>
       <c r="D260" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
+        <v>281</v>
+      </c>
+      <c r="B261" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C261">
         <v>5.1</v>
       </c>
       <c r="D261" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
+        <v>283</v>
+      </c>
+      <c r="B262" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C262">
         <v>5.4</v>
       </c>
       <c r="D262" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
+        <v>285</v>
+      </c>
+      <c r="B263" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C263">
         <v>5.4</v>
       </c>
       <c r="D263" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
+        <v>287</v>
+      </c>
+      <c r="B264" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C264">
         <v>5.4</v>
       </c>
       <c r="D264" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
+        <v>289</v>
+      </c>
+      <c r="B265" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C265">
         <v>5.52</v>
       </c>
       <c r="D265" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
+        <v>291</v>
+      </c>
+      <c r="B266" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C266">
         <v>5.52</v>
       </c>
       <c r="D266" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
+        <v>293</v>
+      </c>
+      <c r="B267" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C267">
         <v>5.76</v>
       </c>
       <c r="D267" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
+        <v>295</v>
+      </c>
+      <c r="B268" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="C268">
         <v>6.0</v>
       </c>
       <c r="D268" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
+        <v>297</v>
+      </c>
+      <c r="B269" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="C269">
         <v>6.0</v>
       </c>
       <c r="D269" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
+        <v>299</v>
+      </c>
+      <c r="B270" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C270">
         <v>6.0</v>
       </c>
       <c r="D270" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
+        <v>301</v>
+      </c>
+      <c r="B271" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C271">
         <v>6.0</v>
       </c>
       <c r="D271" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
+        <v>303</v>
+      </c>
+      <c r="B272" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C272">
         <v>6.0</v>
       </c>
       <c r="D272" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
+        <v>305</v>
+      </c>
+      <c r="B273" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C273">
         <v>6.0</v>
       </c>
       <c r="D273" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
+        <v>307</v>
+      </c>
+      <c r="B274" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="C274">
         <v>6.0</v>
       </c>
       <c r="D274" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
+        <v>309</v>
+      </c>
+      <c r="B275" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C275">
         <v>6.0</v>
       </c>
       <c r="D275" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
+        <v>311</v>
+      </c>
+      <c r="B276" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C276">
         <v>6.6</v>
       </c>
       <c r="D276" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
+        <v>313</v>
+      </c>
+      <c r="B277" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C277">
         <v>6.6</v>
       </c>
       <c r="D277" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
+        <v>315</v>
+      </c>
+      <c r="B278" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C278">
         <v>7.08</v>
       </c>
       <c r="D278" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
+        <v>317</v>
+      </c>
+      <c r="B279" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="C279">
         <v>7.2</v>
       </c>
       <c r="D279" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
+        <v>319</v>
+      </c>
+      <c r="B280" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C280">
         <v>7.2</v>
       </c>
       <c r="D280" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
+        <v>321</v>
+      </c>
+      <c r="B281" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C281">
         <v>7.2</v>
       </c>
       <c r="D281" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
+        <v>323</v>
+      </c>
+      <c r="B282" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C282">
         <v>7.2</v>
       </c>
       <c r="D282" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
+        <v>325</v>
+      </c>
+      <c r="B283" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C283">
         <v>7.2</v>
       </c>
       <c r="D283" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
+        <v>327</v>
+      </c>
+      <c r="B284" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C284">
         <v>7.56</v>
       </c>
       <c r="D284" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
+        <v>329</v>
+      </c>
+      <c r="B285" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="C285">
         <v>7.8</v>
       </c>
       <c r="D285" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
+        <v>331</v>
+      </c>
+      <c r="B286" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C286">
         <v>7.8</v>
       </c>
       <c r="D286" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
+        <v>333</v>
+      </c>
+      <c r="B287" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C287">
         <v>7.8</v>
       </c>
       <c r="D287" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
+        <v>335</v>
+      </c>
+      <c r="B288" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C288">
         <v>7.8</v>
       </c>
       <c r="D288" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>338</v>
       </c>
       <c r="B289" t="s">
         <v>339</v>
       </c>
       <c r="C289">
         <v>7.8</v>
       </c>
       <c r="D289" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>340</v>
       </c>
       <c r="B290" t="s">
         <v>341</v>
       </c>
       <c r="C290">
         <v>7.8</v>
@@ -6832,51 +6550,51 @@
     <row r="295" spans="1:4">
       <c r="A295" t="s">
         <v>350</v>
       </c>
       <c r="B295" t="s">
         <v>351</v>
       </c>
       <c r="C295">
         <v>8.1</v>
       </c>
       <c r="D295" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
         <v>352</v>
       </c>
       <c r="B296" t="s">
         <v>353</v>
       </c>
       <c r="C296">
         <v>8.4</v>
       </c>
       <c r="D296" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
         <v>354</v>
       </c>
       <c r="B297" t="s">
         <v>355</v>
       </c>
       <c r="C297">
         <v>8.52</v>
       </c>
       <c r="D297" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
         <v>356</v>
       </c>
       <c r="B298" t="s">
         <v>357</v>
       </c>
       <c r="C298">
         <v>8.88</v>
@@ -7266,51 +6984,51 @@
     <row r="326" spans="1:4">
       <c r="A326" t="s">
         <v>154</v>
       </c>
       <c r="B326" t="s">
         <v>155</v>
       </c>
       <c r="C326">
         <v>2.7</v>
       </c>
       <c r="D326" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
         <v>164</v>
       </c>
       <c r="B327" t="s">
         <v>165</v>
       </c>
       <c r="C327">
         <v>2.88</v>
       </c>
       <c r="D327" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
         <v>194</v>
       </c>
       <c r="B328" t="s">
         <v>195</v>
       </c>
       <c r="C328">
         <v>3.0</v>
       </c>
       <c r="D328" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
         <v>196</v>
       </c>
       <c r="B329" t="s">
         <v>197</v>
       </c>
       <c r="C329">
         <v>3.0</v>
@@ -7369,732 +7087,732 @@
         <v>213</v>
       </c>
       <c r="C333">
         <v>3.36</v>
       </c>
       <c r="D333" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
         <v>214</v>
       </c>
       <c r="B334" t="s">
         <v>215</v>
       </c>
       <c r="C334">
         <v>3.36</v>
       </c>
       <c r="D334" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
+        <v>228</v>
+      </c>
+      <c r="B335" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="C335">
         <v>3.6</v>
       </c>
       <c r="D335" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
+        <v>230</v>
+      </c>
+      <c r="B336" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C336">
         <v>3.6</v>
       </c>
       <c r="D336" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
+        <v>232</v>
+      </c>
+      <c r="B337" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="C337">
         <v>3.6</v>
       </c>
       <c r="D337" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
+        <v>234</v>
+      </c>
+      <c r="B338" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="C338">
         <v>3.6</v>
       </c>
       <c r="D338" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
+        <v>236</v>
+      </c>
+      <c r="B339" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C339">
         <v>3.6</v>
       </c>
       <c r="D339" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
+        <v>238</v>
+      </c>
+      <c r="B340" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="C340">
         <v>3.6</v>
       </c>
       <c r="D340" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
+        <v>240</v>
+      </c>
+      <c r="B341" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C341">
         <v>3.6</v>
       </c>
       <c r="D341" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
+        <v>242</v>
+      </c>
+      <c r="B342" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C342">
         <v>3.6</v>
       </c>
       <c r="D342" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
+        <v>244</v>
+      </c>
+      <c r="B343" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C343">
         <v>3.6</v>
       </c>
       <c r="D343" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
+        <v>246</v>
+      </c>
+      <c r="B344" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C344">
         <v>3.72</v>
       </c>
       <c r="D344" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
+        <v>250</v>
+      </c>
+      <c r="B345" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C345">
         <v>4.14</v>
       </c>
       <c r="D345" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
+        <v>254</v>
+      </c>
+      <c r="B346" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="C346">
         <v>4.2</v>
       </c>
       <c r="D346" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
+        <v>256</v>
+      </c>
+      <c r="B347" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="C347">
         <v>4.2</v>
       </c>
       <c r="D347" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
+        <v>258</v>
+      </c>
+      <c r="B348" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C348">
         <v>4.2</v>
       </c>
       <c r="D348" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
+        <v>260</v>
+      </c>
+      <c r="B349" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C349">
         <v>4.2</v>
       </c>
       <c r="D349" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
+        <v>263</v>
+      </c>
+      <c r="B350" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C350">
         <v>4.2</v>
       </c>
       <c r="D350" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
+        <v>265</v>
+      </c>
+      <c r="B351" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="C351">
         <v>4.32</v>
       </c>
       <c r="D351" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
+        <v>267</v>
+      </c>
+      <c r="B352" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="C352">
         <v>4.32</v>
       </c>
       <c r="D352" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
+        <v>269</v>
+      </c>
+      <c r="B353" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="C353">
         <v>4.44</v>
       </c>
       <c r="D353" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
+        <v>271</v>
+      </c>
+      <c r="B354" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="C354">
         <v>4.56</v>
       </c>
       <c r="D354" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
+        <v>273</v>
+      </c>
+      <c r="B355" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="C355">
         <v>4.56</v>
       </c>
       <c r="D355" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
+        <v>275</v>
+      </c>
+      <c r="B356" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C356">
         <v>4.8</v>
       </c>
       <c r="D356" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
+        <v>277</v>
+      </c>
+      <c r="B357" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="C357">
         <v>4.8</v>
       </c>
       <c r="D357" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
+        <v>279</v>
+      </c>
+      <c r="B358" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="C358">
         <v>5.04</v>
       </c>
       <c r="D358" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
+        <v>281</v>
+      </c>
+      <c r="B359" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="C359">
         <v>5.1</v>
       </c>
       <c r="D359" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
+        <v>283</v>
+      </c>
+      <c r="B360" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C360">
         <v>5.4</v>
       </c>
       <c r="D360" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
+        <v>285</v>
+      </c>
+      <c r="B361" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C361">
         <v>5.4</v>
       </c>
       <c r="D361" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
+        <v>287</v>
+      </c>
+      <c r="B362" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C362">
         <v>5.4</v>
       </c>
       <c r="D362" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
+        <v>289</v>
+      </c>
+      <c r="B363" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C363">
         <v>5.52</v>
       </c>
       <c r="D363" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
+        <v>291</v>
+      </c>
+      <c r="B364" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C364">
         <v>5.52</v>
       </c>
       <c r="D364" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
+        <v>293</v>
+      </c>
+      <c r="B365" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C365">
         <v>5.76</v>
       </c>
       <c r="D365" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
+        <v>297</v>
+      </c>
+      <c r="B366" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="C366">
         <v>6.0</v>
       </c>
       <c r="D366" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367" t="s">
+        <v>299</v>
+      </c>
+      <c r="B367" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="C367">
         <v>6.0</v>
       </c>
       <c r="D367" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
+        <v>301</v>
+      </c>
+      <c r="B368" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="C368">
         <v>6.0</v>
       </c>
       <c r="D368" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
+        <v>303</v>
+      </c>
+      <c r="B369" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="C369">
         <v>6.0</v>
       </c>
       <c r="D369" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
+        <v>305</v>
+      </c>
+      <c r="B370" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C370">
         <v>6.0</v>
       </c>
       <c r="D370" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
+        <v>307</v>
+      </c>
+      <c r="B371" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="C371">
         <v>6.0</v>
       </c>
       <c r="D371" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
+        <v>309</v>
+      </c>
+      <c r="B372" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C372">
         <v>6.0</v>
       </c>
       <c r="D372" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
+        <v>311</v>
+      </c>
+      <c r="B373" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C373">
         <v>6.6</v>
       </c>
       <c r="D373" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
+        <v>313</v>
+      </c>
+      <c r="B374" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C374">
         <v>6.6</v>
       </c>
       <c r="D374" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
+        <v>315</v>
+      </c>
+      <c r="B375" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C375">
         <v>7.08</v>
       </c>
       <c r="D375" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
+        <v>319</v>
+      </c>
+      <c r="B376" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="C376">
         <v>7.2</v>
       </c>
       <c r="D376" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
+        <v>321</v>
+      </c>
+      <c r="B377" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="C377">
         <v>7.2</v>
       </c>
       <c r="D377" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
+        <v>323</v>
+      </c>
+      <c r="B378" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="C378">
         <v>7.2</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
+        <v>325</v>
+      </c>
+      <c r="B379" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="C379">
         <v>7.2</v>
       </c>
       <c r="D379" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
+        <v>327</v>
+      </c>
+      <c r="B380" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C380">
         <v>7.56</v>
       </c>
       <c r="D380" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
+        <v>331</v>
+      </c>
+      <c r="B381" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C381">
         <v>7.8</v>
       </c>
       <c r="D381" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
+        <v>333</v>
+      </c>
+      <c r="B382" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C382">
         <v>7.8</v>
       </c>
       <c r="D382" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
+        <v>335</v>
+      </c>
+      <c r="B383" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C383">
         <v>7.8</v>
       </c>
       <c r="D383" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
         <v>338</v>
       </c>
       <c r="B384" t="s">
         <v>339</v>
       </c>
       <c r="C384">
         <v>7.8</v>
       </c>
       <c r="D384" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385" t="s">
         <v>340</v>
       </c>
       <c r="B385" t="s">
         <v>341</v>
       </c>
       <c r="C385">
         <v>7.8</v>
@@ -8162,51 +7880,51 @@
     <row r="390" spans="1:4">
       <c r="A390" t="s">
         <v>350</v>
       </c>
       <c r="B390" t="s">
         <v>351</v>
       </c>
       <c r="C390">
         <v>8.1</v>
       </c>
       <c r="D390" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391" t="s">
         <v>352</v>
       </c>
       <c r="B391" t="s">
         <v>353</v>
       </c>
       <c r="C391">
         <v>8.4</v>
       </c>
       <c r="D391" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392" t="s">
         <v>354</v>
       </c>
       <c r="B392" t="s">
         <v>355</v>
       </c>
       <c r="C392">
         <v>8.52</v>
       </c>
       <c r="D392" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393" t="s">
         <v>356</v>
       </c>
       <c r="B393" t="s">
         <v>357</v>
       </c>
       <c r="C393">
         <v>8.88</v>
@@ -8405,194 +8123,194 @@
         <v>137</v>
       </c>
       <c r="C407">
         <v>2.52</v>
       </c>
       <c r="D407" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408" t="s">
         <v>154</v>
       </c>
       <c r="B408" t="s">
         <v>155</v>
       </c>
       <c r="C408">
         <v>2.7</v>
       </c>
       <c r="D408" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409" t="s">
+        <v>240</v>
+      </c>
+      <c r="B409" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C409">
         <v>3.6</v>
       </c>
       <c r="D409" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410" t="s">
+        <v>242</v>
+      </c>
+      <c r="B410" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C410">
         <v>3.6</v>
       </c>
       <c r="D410" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411" t="s">
+        <v>244</v>
+      </c>
+      <c r="B411" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C411">
         <v>3.6</v>
       </c>
       <c r="D411" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412" t="s">
+        <v>246</v>
+      </c>
+      <c r="B412" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="C412">
         <v>3.72</v>
       </c>
       <c r="D412" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413" t="s">
+        <v>258</v>
+      </c>
+      <c r="B413" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="C413">
         <v>4.2</v>
       </c>
       <c r="D413" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414" t="s">
+        <v>260</v>
+      </c>
+      <c r="B414" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C414">
         <v>4.2</v>
       </c>
       <c r="D414" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415" t="s">
+        <v>263</v>
+      </c>
+      <c r="B415" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C415">
         <v>4.2</v>
       </c>
       <c r="D415" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416" t="s">
+        <v>287</v>
+      </c>
+      <c r="B416" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C416">
         <v>5.4</v>
       </c>
       <c r="D416" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
+        <v>293</v>
+      </c>
+      <c r="B417" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="C417">
         <v>5.76</v>
       </c>
       <c r="D417" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
+        <v>309</v>
+      </c>
+      <c r="B418" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C418">
         <v>6.0</v>
       </c>
       <c r="D418" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
+        <v>313</v>
+      </c>
+      <c r="B419" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C419">
         <v>6.6</v>
       </c>
       <c r="D419" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
         <v>344</v>
       </c>
       <c r="B420" t="s">
         <v>345</v>
       </c>
       <c r="C420">
         <v>7.8</v>
       </c>
       <c r="D420" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
         <v>354</v>
@@ -8610,5375 +8328,4325 @@
     <row r="422" spans="1:4">
       <c r="A422" t="s">
         <v>356</v>
       </c>
       <c r="B422" t="s">
         <v>357</v>
       </c>
       <c r="C422">
         <v>8.88</v>
       </c>
       <c r="D422" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
         <v>380</v>
       </c>
       <c r="B423" t="s">
         <v>381</v>
       </c>
       <c r="C423">
         <v>9.6</v>
       </c>
       <c r="D423" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
         <v>382</v>
       </c>
       <c r="B424" t="s">
         <v>383</v>
       </c>
       <c r="C424">
-        <v>10.8</v>
+        <v>10.2</v>
       </c>
       <c r="D424" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
         <v>384</v>
       </c>
       <c r="B425" t="s">
         <v>385</v>
       </c>
       <c r="C425">
-        <v>12.0</v>
+        <v>10.8</v>
       </c>
       <c r="D425" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
         <v>386</v>
       </c>
       <c r="B426" t="s">
         <v>387</v>
       </c>
       <c r="C426">
         <v>12.0</v>
       </c>
       <c r="D426" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
         <v>388</v>
       </c>
       <c r="B427" t="s">
         <v>389</v>
       </c>
       <c r="C427">
-        <v>14.16</v>
+        <v>12.0</v>
       </c>
       <c r="D427" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
         <v>390</v>
       </c>
       <c r="B428" t="s">
         <v>391</v>
       </c>
       <c r="C428">
-        <v>15.0</v>
+        <v>14.16</v>
       </c>
       <c r="D428" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
         <v>392</v>
       </c>
       <c r="B429" t="s">
         <v>393</v>
       </c>
       <c r="C429">
-        <v>15.0</v>
+        <v>14.4</v>
       </c>
       <c r="D429" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
         <v>394</v>
       </c>
       <c r="B430" t="s">
         <v>395</v>
       </c>
       <c r="C430">
-        <v>16.2</v>
+        <v>15.0</v>
       </c>
       <c r="D430" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
         <v>396</v>
       </c>
       <c r="B431" t="s">
         <v>397</v>
       </c>
       <c r="C431">
-        <v>16.2</v>
+        <v>15.0</v>
       </c>
       <c r="D431" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
         <v>398</v>
       </c>
       <c r="B432" t="s">
         <v>399</v>
       </c>
       <c r="C432">
-        <v>18.0</v>
+        <v>16.2</v>
       </c>
       <c r="D432" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433" t="s">
         <v>400</v>
       </c>
       <c r="B433" t="s">
         <v>401</v>
       </c>
       <c r="C433">
-        <v>18.0</v>
+        <v>16.2</v>
       </c>
       <c r="D433" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434" t="s">
         <v>402</v>
       </c>
       <c r="B434" t="s">
         <v>403</v>
       </c>
       <c r="C434">
         <v>18.0</v>
       </c>
       <c r="D434" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435" t="s">
         <v>404</v>
       </c>
       <c r="B435" t="s">
         <v>405</v>
       </c>
       <c r="C435">
         <v>18.0</v>
       </c>
       <c r="D435" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436" t="s">
         <v>406</v>
       </c>
       <c r="B436" t="s">
         <v>407</v>
       </c>
       <c r="C436">
         <v>18.0</v>
       </c>
       <c r="D436" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437" t="s">
         <v>408</v>
       </c>
       <c r="B437" t="s">
         <v>409</v>
       </c>
       <c r="C437">
-        <v>21.6</v>
+        <v>18.0</v>
       </c>
       <c r="D437" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438" t="s">
         <v>410</v>
       </c>
       <c r="B438" t="s">
         <v>411</v>
       </c>
       <c r="C438">
-        <v>21.6</v>
+        <v>18.0</v>
       </c>
       <c r="D438" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439" t="s">
+        <v>412</v>
+      </c>
+      <c r="B439" t="s">
         <v>413</v>
       </c>
-      <c r="B439" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C439">
-        <v>22.8</v>
+        <v>21.6</v>
       </c>
       <c r="D439" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440" t="s">
+        <v>414</v>
+      </c>
+      <c r="B440" t="s">
         <v>415</v>
       </c>
-      <c r="B440" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C440">
-        <v>22.8</v>
+        <v>21.6</v>
       </c>
       <c r="D440" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441" t="s">
+        <v>416</v>
+      </c>
+      <c r="B441" t="s">
         <v>417</v>
       </c>
-      <c r="B441" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C441">
-        <v>22.8</v>
+        <v>21.6</v>
       </c>
       <c r="D441" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442" t="s">
+        <v>418</v>
+      </c>
+      <c r="B442" t="s">
         <v>419</v>
       </c>
-      <c r="B442" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C442">
-        <v>24.0</v>
+        <v>22.8</v>
       </c>
       <c r="D442" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443" t="s">
+        <v>420</v>
+      </c>
+      <c r="B443" t="s">
         <v>421</v>
       </c>
-      <c r="B443" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C443">
-        <v>24.0</v>
+        <v>22.8</v>
       </c>
       <c r="D443" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444" t="s">
+        <v>422</v>
+      </c>
+      <c r="B444" t="s">
         <v>423</v>
       </c>
-      <c r="B444" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C444">
-        <v>24.0</v>
+        <v>22.8</v>
       </c>
       <c r="D444" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445" t="s">
+        <v>424</v>
+      </c>
+      <c r="B445" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="C445">
         <v>24.0</v>
       </c>
       <c r="D445" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446" t="s">
+        <v>426</v>
+      </c>
+      <c r="B446" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="C446">
         <v>24.0</v>
       </c>
       <c r="D446" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447" t="s">
+        <v>428</v>
+      </c>
+      <c r="B447" t="s">
         <v>429</v>
       </c>
-      <c r="B447" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C447">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D447" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448" t="s">
+        <v>430</v>
+      </c>
+      <c r="B448" t="s">
         <v>431</v>
       </c>
-      <c r="B448" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C448">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D448" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
+        <v>432</v>
+      </c>
+      <c r="B449" t="s">
         <v>433</v>
       </c>
-      <c r="B449" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C449">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D449" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
+        <v>434</v>
+      </c>
+      <c r="B450" t="s">
         <v>435</v>
       </c>
-      <c r="B450" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C450">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D450" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
+        <v>436</v>
+      </c>
+      <c r="B451" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="C451">
         <v>25.2</v>
       </c>
       <c r="D451" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452" t="s">
+        <v>438</v>
+      </c>
+      <c r="B452" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="C452">
         <v>25.2</v>
       </c>
       <c r="D452" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453" t="s">
+        <v>440</v>
+      </c>
+      <c r="B453" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="C453">
         <v>25.2</v>
       </c>
       <c r="D453" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454" t="s">
+        <v>442</v>
+      </c>
+      <c r="B454" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="C454">
         <v>25.2</v>
       </c>
       <c r="D454" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455" t="s">
+        <v>444</v>
+      </c>
+      <c r="B455" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="C455">
         <v>25.2</v>
       </c>
       <c r="D455" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456" t="s">
+        <v>446</v>
+      </c>
+      <c r="B456" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="C456">
         <v>25.2</v>
       </c>
       <c r="D456" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
+        <v>448</v>
+      </c>
+      <c r="B457" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="C457">
         <v>25.2</v>
       </c>
       <c r="D457" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
+        <v>450</v>
+      </c>
+      <c r="B458" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="C458">
         <v>25.2</v>
       </c>
       <c r="D458" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
+        <v>452</v>
+      </c>
+      <c r="B459" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="C459">
         <v>25.2</v>
       </c>
       <c r="D459" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
+        <v>454</v>
+      </c>
+      <c r="B460" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="C460">
         <v>25.2</v>
       </c>
       <c r="D460" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
+        <v>456</v>
+      </c>
+      <c r="B461" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="C461">
         <v>25.2</v>
       </c>
       <c r="D461" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
+        <v>458</v>
+      </c>
+      <c r="B462" t="s">
         <v>459</v>
       </c>
-      <c r="B462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C462">
-        <v>26.4</v>
+        <v>25.2</v>
       </c>
       <c r="D462" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
+        <v>460</v>
+      </c>
+      <c r="B463" t="s">
         <v>461</v>
       </c>
-      <c r="B463" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C463">
-        <v>27.0</v>
+        <v>25.2</v>
       </c>
       <c r="D463" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
+        <v>462</v>
+      </c>
+      <c r="B464" t="s">
         <v>463</v>
       </c>
-      <c r="B464" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C464">
-        <v>27.0</v>
+        <v>25.2</v>
       </c>
       <c r="D464" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465" t="s">
+        <v>464</v>
+      </c>
+      <c r="B465" t="s">
         <v>465</v>
       </c>
-      <c r="B465" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C465">
-        <v>27.6</v>
+        <v>25.2</v>
       </c>
       <c r="D465" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466" t="s">
+        <v>466</v>
+      </c>
+      <c r="B466" t="s">
         <v>467</v>
       </c>
-      <c r="B466" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C466">
-        <v>27.6</v>
+        <v>26.4</v>
       </c>
       <c r="D466" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467" t="s">
+        <v>468</v>
+      </c>
+      <c r="B467" t="s">
         <v>469</v>
       </c>
-      <c r="B467" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C467">
-        <v>30.0</v>
+        <v>26.4</v>
       </c>
       <c r="D467" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468" t="s">
+        <v>470</v>
+      </c>
+      <c r="B468" t="s">
         <v>471</v>
       </c>
-      <c r="B468" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C468">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="D468" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469" t="s">
+        <v>472</v>
+      </c>
+      <c r="B469" t="s">
         <v>473</v>
       </c>
-      <c r="B469" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C469">
-        <v>30.0</v>
+        <v>27.0</v>
       </c>
       <c r="D469" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470" t="s">
+        <v>474</v>
+      </c>
+      <c r="B470" t="s">
         <v>475</v>
       </c>
-      <c r="B470" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C470">
-        <v>30.0</v>
+        <v>27.6</v>
       </c>
       <c r="D470" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471" t="s">
+        <v>476</v>
+      </c>
+      <c r="B471" t="s">
         <v>477</v>
       </c>
-      <c r="B471" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C471">
-        <v>30.0</v>
+        <v>27.6</v>
       </c>
       <c r="D471" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472" t="s">
+        <v>478</v>
+      </c>
+      <c r="B472" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="C472">
         <v>30.0</v>
       </c>
       <c r="D472" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473" t="s">
+        <v>480</v>
+      </c>
+      <c r="B473" t="s">
         <v>481</v>
       </c>
-      <c r="B473" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C473">
-        <v>31.2</v>
+        <v>30.0</v>
       </c>
       <c r="D473" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474" t="s">
+        <v>482</v>
+      </c>
+      <c r="B474" t="s">
         <v>483</v>
       </c>
-      <c r="B474" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C474">
-        <v>32.4</v>
+        <v>30.0</v>
       </c>
       <c r="D474" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475" t="s">
+        <v>484</v>
+      </c>
+      <c r="B475" t="s">
         <v>485</v>
       </c>
-      <c r="B475" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C475">
-        <v>33.6</v>
+        <v>30.0</v>
       </c>
       <c r="D475" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476" t="s">
+        <v>486</v>
+      </c>
+      <c r="B476" t="s">
         <v>487</v>
       </c>
-      <c r="B476" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C476">
-        <v>33.6</v>
+        <v>30.0</v>
       </c>
       <c r="D476" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477" t="s">
+        <v>488</v>
+      </c>
+      <c r="B477" t="s">
         <v>489</v>
       </c>
-      <c r="B477" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C477">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="D477" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478" t="s">
+        <v>490</v>
+      </c>
+      <c r="B478" t="s">
         <v>491</v>
       </c>
-      <c r="B478" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C478">
-        <v>36.0</v>
+        <v>31.2</v>
       </c>
       <c r="D478" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479" t="s">
+        <v>492</v>
+      </c>
+      <c r="B479" t="s">
         <v>493</v>
       </c>
-      <c r="B479" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C479">
-        <v>36.0</v>
+        <v>32.4</v>
       </c>
       <c r="D479" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480" t="s">
+        <v>494</v>
+      </c>
+      <c r="B480" t="s">
         <v>495</v>
       </c>
-      <c r="B480" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C480">
-        <v>36.0</v>
+        <v>33.6</v>
       </c>
       <c r="D480" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481" t="s">
+        <v>496</v>
+      </c>
+      <c r="B481" t="s">
         <v>497</v>
       </c>
-      <c r="B481" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C481">
-        <v>36.0</v>
+        <v>33.6</v>
       </c>
       <c r="D481" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482" t="s">
+        <v>498</v>
+      </c>
+      <c r="B482" t="s">
         <v>499</v>
       </c>
-      <c r="B482" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C482">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D482" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483" t="s">
+        <v>500</v>
+      </c>
+      <c r="B483" t="s">
         <v>501</v>
       </c>
-      <c r="B483" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C483">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D483" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484" t="s">
+        <v>502</v>
+      </c>
+      <c r="B484" t="s">
         <v>503</v>
       </c>
-      <c r="B484" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C484">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D484" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485" t="s">
+        <v>504</v>
+      </c>
+      <c r="B485" t="s">
         <v>505</v>
       </c>
-      <c r="B485" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C485">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D485" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486" t="s">
+        <v>506</v>
+      </c>
+      <c r="B486" t="s">
         <v>507</v>
       </c>
-      <c r="B486" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C486">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D486" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487" t="s">
+        <v>508</v>
+      </c>
+      <c r="B487" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="C487">
         <v>38.4</v>
       </c>
       <c r="D487" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488" t="s">
+        <v>510</v>
+      </c>
+      <c r="B488" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="C488">
         <v>38.4</v>
       </c>
       <c r="D488" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489" t="s">
+        <v>512</v>
+      </c>
+      <c r="B489" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="C489">
         <v>38.4</v>
       </c>
       <c r="D489" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490" t="s">
+        <v>514</v>
+      </c>
+      <c r="B490" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="C490">
         <v>38.4</v>
       </c>
       <c r="D490" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491" t="s">
+        <v>516</v>
+      </c>
+      <c r="B491" t="s">
         <v>517</v>
       </c>
-      <c r="B491" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C491">
-        <v>39.6</v>
+        <v>38.4</v>
       </c>
       <c r="D491" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492" t="s">
+        <v>518</v>
+      </c>
+      <c r="B492" t="s">
         <v>519</v>
       </c>
-      <c r="B492" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C492">
-        <v>39.6</v>
+        <v>38.4</v>
       </c>
       <c r="D492" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493" t="s">
+        <v>520</v>
+      </c>
+      <c r="B493" t="s">
         <v>521</v>
       </c>
-      <c r="B493" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C493">
-        <v>39.6</v>
+        <v>38.4</v>
       </c>
       <c r="D493" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494" t="s">
+        <v>522</v>
+      </c>
+      <c r="B494" t="s">
         <v>523</v>
       </c>
-      <c r="B494" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C494">
-        <v>39.6</v>
+        <v>38.4</v>
       </c>
       <c r="D494" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495" t="s">
+        <v>524</v>
+      </c>
+      <c r="B495" t="s">
         <v>525</v>
       </c>
-      <c r="B495" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C495">
-        <v>42.0</v>
+        <v>38.4</v>
       </c>
       <c r="D495" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496" t="s">
+        <v>526</v>
+      </c>
+      <c r="B496" t="s">
         <v>527</v>
       </c>
-      <c r="B496" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C496">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D496" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
+        <v>528</v>
+      </c>
+      <c r="B497" t="s">
         <v>529</v>
       </c>
-      <c r="B497" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C497">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D497" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
+        <v>530</v>
+      </c>
+      <c r="B498" t="s">
         <v>531</v>
       </c>
-      <c r="B498" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C498">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D498" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
+        <v>532</v>
+      </c>
+      <c r="B499" t="s">
         <v>533</v>
       </c>
-      <c r="B499" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C499">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D499" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
+        <v>534</v>
+      </c>
+      <c r="B500" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="C500">
         <v>42.0</v>
       </c>
       <c r="D500" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
+        <v>536</v>
+      </c>
+      <c r="B501" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
       <c r="C501">
         <v>42.0</v>
       </c>
       <c r="D501" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
-        <v>122</v>
+        <v>20</v>
       </c>
       <c r="B502" t="s">
-        <v>123</v>
+        <v>21</v>
       </c>
       <c r="C502">
-        <v>2.34</v>
+        <v>0.996</v>
       </c>
       <c r="D502" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
-        <v>124</v>
+        <v>68</v>
       </c>
       <c r="B503" t="s">
-        <v>125</v>
+        <v>69</v>
       </c>
       <c r="C503">
-        <v>2.34</v>
+        <v>1.8</v>
       </c>
       <c r="D503" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
-        <v>243</v>
+        <v>98</v>
       </c>
       <c r="B504" t="s">
-        <v>244</v>
+        <v>99</v>
       </c>
       <c r="C504">
-        <v>3.6</v>
+        <v>2.16</v>
       </c>
       <c r="D504" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
-        <v>245</v>
+        <v>122</v>
       </c>
       <c r="B505" t="s">
-        <v>246</v>
+        <v>123</v>
       </c>
       <c r="C505">
-        <v>3.6</v>
+        <v>2.34</v>
       </c>
       <c r="D505" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
-        <v>264</v>
+        <v>124</v>
       </c>
       <c r="B506" t="s">
-        <v>265</v>
+        <v>125</v>
       </c>
       <c r="C506">
-        <v>4.2</v>
+        <v>2.34</v>
       </c>
       <c r="D506" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
-        <v>288</v>
+        <v>136</v>
       </c>
       <c r="B507" t="s">
-        <v>289</v>
+        <v>137</v>
       </c>
       <c r="C507">
-        <v>5.4</v>
+        <v>2.52</v>
       </c>
       <c r="D507" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
-        <v>314</v>
+        <v>154</v>
       </c>
       <c r="B508" t="s">
-        <v>315</v>
+        <v>155</v>
       </c>
       <c r="C508">
-        <v>6.6</v>
+        <v>2.7</v>
       </c>
       <c r="D508" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
-        <v>354</v>
+        <v>240</v>
       </c>
       <c r="B509" t="s">
-        <v>355</v>
+        <v>241</v>
       </c>
       <c r="C509">
-        <v>8.52</v>
+        <v>3.6</v>
       </c>
       <c r="D509" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
-        <v>356</v>
+        <v>242</v>
       </c>
       <c r="B510" t="s">
-        <v>357</v>
+        <v>243</v>
       </c>
       <c r="C510">
-        <v>8.88</v>
+        <v>3.6</v>
       </c>
       <c r="D510" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
-        <v>380</v>
+        <v>244</v>
       </c>
       <c r="B511" t="s">
-        <v>381</v>
+        <v>245</v>
       </c>
       <c r="C511">
-        <v>9.6</v>
+        <v>3.6</v>
       </c>
       <c r="D511" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
-        <v>388</v>
+        <v>246</v>
       </c>
       <c r="B512" t="s">
-        <v>389</v>
+        <v>247</v>
       </c>
       <c r="C512">
-        <v>14.16</v>
+        <v>3.72</v>
       </c>
       <c r="D512" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513" t="s">
-        <v>394</v>
+        <v>258</v>
       </c>
       <c r="B513" t="s">
-        <v>395</v>
+        <v>259</v>
       </c>
       <c r="C513">
-        <v>16.2</v>
+        <v>4.2</v>
       </c>
       <c r="D513" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514" t="s">
-        <v>396</v>
+        <v>260</v>
       </c>
       <c r="B514" t="s">
-        <v>397</v>
+        <v>261</v>
       </c>
       <c r="C514">
-        <v>16.2</v>
+        <v>4.2</v>
       </c>
       <c r="D514" t="s">
-        <v>6</v>
+        <v>262</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515" t="s">
-        <v>400</v>
+        <v>263</v>
       </c>
       <c r="B515" t="s">
-        <v>401</v>
+        <v>264</v>
       </c>
       <c r="C515">
-        <v>18.0</v>
+        <v>4.2</v>
       </c>
       <c r="D515" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516" t="s">
-        <v>402</v>
+        <v>287</v>
       </c>
       <c r="B516" t="s">
-        <v>403</v>
+        <v>288</v>
       </c>
       <c r="C516">
-        <v>18.0</v>
+        <v>5.4</v>
       </c>
       <c r="D516" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517" t="s">
-        <v>404</v>
+        <v>293</v>
       </c>
       <c r="B517" t="s">
-        <v>405</v>
+        <v>294</v>
       </c>
       <c r="C517">
-        <v>18.0</v>
+        <v>5.76</v>
       </c>
       <c r="D517" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518" t="s">
-        <v>406</v>
+        <v>309</v>
       </c>
       <c r="B518" t="s">
-        <v>407</v>
+        <v>310</v>
       </c>
       <c r="C518">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
       <c r="D518" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519" t="s">
-        <v>417</v>
+        <v>313</v>
       </c>
       <c r="B519" t="s">
-        <v>418</v>
+        <v>314</v>
       </c>
       <c r="C519">
-        <v>22.8</v>
+        <v>6.6</v>
       </c>
       <c r="D519" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520" t="s">
-        <v>423</v>
+        <v>344</v>
       </c>
       <c r="B520" t="s">
-        <v>424</v>
+        <v>345</v>
       </c>
       <c r="C520">
-        <v>24.0</v>
+        <v>7.8</v>
       </c>
       <c r="D520" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521" t="s">
-        <v>425</v>
+        <v>354</v>
       </c>
       <c r="B521" t="s">
-        <v>426</v>
+        <v>355</v>
       </c>
       <c r="C521">
-        <v>24.0</v>
+        <v>8.52</v>
       </c>
       <c r="D521" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522" t="s">
-        <v>427</v>
+        <v>356</v>
       </c>
       <c r="B522" t="s">
-        <v>428</v>
+        <v>357</v>
       </c>
       <c r="C522">
-        <v>24.0</v>
+        <v>8.88</v>
       </c>
       <c r="D522" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523" t="s">
-        <v>435</v>
+        <v>380</v>
       </c>
       <c r="B523" t="s">
-        <v>436</v>
+        <v>381</v>
       </c>
       <c r="C523">
-        <v>25.2</v>
+        <v>9.6</v>
       </c>
       <c r="D523" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>437</v>
+        <v>382</v>
       </c>
       <c r="B524" t="s">
-        <v>438</v>
+        <v>383</v>
       </c>
       <c r="C524">
-        <v>25.2</v>
+        <v>10.2</v>
       </c>
       <c r="D524" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525" t="s">
-        <v>439</v>
+        <v>390</v>
       </c>
       <c r="B525" t="s">
-        <v>440</v>
+        <v>391</v>
       </c>
       <c r="C525">
-        <v>25.2</v>
+        <v>14.16</v>
       </c>
       <c r="D525" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526" t="s">
-        <v>441</v>
+        <v>392</v>
       </c>
       <c r="B526" t="s">
-        <v>442</v>
+        <v>393</v>
       </c>
       <c r="C526">
-        <v>25.2</v>
+        <v>14.4</v>
       </c>
       <c r="D526" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527" t="s">
-        <v>443</v>
+        <v>396</v>
       </c>
       <c r="B527" t="s">
-        <v>444</v>
+        <v>397</v>
       </c>
       <c r="C527">
-        <v>25.2</v>
+        <v>15.0</v>
       </c>
       <c r="D527" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528" t="s">
-        <v>445</v>
+        <v>398</v>
       </c>
       <c r="B528" t="s">
-        <v>446</v>
+        <v>399</v>
       </c>
       <c r="C528">
-        <v>25.2</v>
+        <v>16.2</v>
       </c>
       <c r="D528" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529" t="s">
-        <v>447</v>
+        <v>400</v>
       </c>
       <c r="B529" t="s">
-        <v>448</v>
+        <v>401</v>
       </c>
       <c r="C529">
-        <v>25.2</v>
+        <v>16.2</v>
       </c>
       <c r="D529" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530" t="s">
-        <v>449</v>
+        <v>404</v>
       </c>
       <c r="B530" t="s">
-        <v>450</v>
+        <v>405</v>
       </c>
       <c r="C530">
-        <v>25.2</v>
+        <v>18.0</v>
       </c>
       <c r="D530" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531" t="s">
-        <v>451</v>
+        <v>406</v>
       </c>
       <c r="B531" t="s">
-        <v>452</v>
+        <v>407</v>
       </c>
       <c r="C531">
-        <v>25.2</v>
+        <v>18.0</v>
       </c>
       <c r="D531" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532" t="s">
-        <v>453</v>
+        <v>408</v>
       </c>
       <c r="B532" t="s">
-        <v>454</v>
+        <v>409</v>
       </c>
       <c r="C532">
-        <v>25.2</v>
+        <v>18.0</v>
       </c>
       <c r="D532" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533" t="s">
-        <v>455</v>
+        <v>410</v>
       </c>
       <c r="B533" t="s">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="C533">
-        <v>25.2</v>
+        <v>18.0</v>
       </c>
       <c r="D533" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534" t="s">
-        <v>457</v>
+        <v>416</v>
       </c>
       <c r="B534" t="s">
-        <v>458</v>
+        <v>417</v>
       </c>
       <c r="C534">
-        <v>25.2</v>
+        <v>21.6</v>
       </c>
       <c r="D534" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535" t="s">
-        <v>461</v>
+        <v>422</v>
       </c>
       <c r="B535" t="s">
-        <v>462</v>
+        <v>423</v>
       </c>
       <c r="C535">
-        <v>27.0</v>
+        <v>22.8</v>
       </c>
       <c r="D535" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536" t="s">
-        <v>463</v>
+        <v>426</v>
       </c>
       <c r="B536" t="s">
-        <v>464</v>
+        <v>427</v>
       </c>
       <c r="C536">
-        <v>27.0</v>
+        <v>24.0</v>
       </c>
       <c r="D536" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537" t="s">
-        <v>467</v>
+        <v>428</v>
       </c>
       <c r="B537" t="s">
-        <v>468</v>
+        <v>429</v>
       </c>
       <c r="C537">
-        <v>27.6</v>
+        <v>24.0</v>
       </c>
       <c r="D537" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538" t="s">
-        <v>477</v>
+        <v>430</v>
       </c>
       <c r="B538" t="s">
-        <v>478</v>
+        <v>431</v>
       </c>
       <c r="C538">
-        <v>30.0</v>
+        <v>24.0</v>
       </c>
       <c r="D538" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539" t="s">
-        <v>479</v>
+        <v>432</v>
       </c>
       <c r="B539" t="s">
-        <v>480</v>
+        <v>433</v>
       </c>
       <c r="C539">
-        <v>30.0</v>
+        <v>24.0</v>
       </c>
       <c r="D539" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540" t="s">
-        <v>481</v>
+        <v>434</v>
       </c>
       <c r="B540" t="s">
-        <v>482</v>
+        <v>435</v>
       </c>
       <c r="C540">
-        <v>31.2</v>
+        <v>24.0</v>
       </c>
       <c r="D540" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541" t="s">
-        <v>487</v>
+        <v>440</v>
       </c>
       <c r="B541" t="s">
-        <v>488</v>
+        <v>441</v>
       </c>
       <c r="C541">
-        <v>33.6</v>
+        <v>25.2</v>
       </c>
       <c r="D541" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542" t="s">
-        <v>495</v>
+        <v>442</v>
       </c>
       <c r="B542" t="s">
-        <v>496</v>
+        <v>443</v>
       </c>
       <c r="C542">
-        <v>36.0</v>
+        <v>25.2</v>
       </c>
       <c r="D542" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543" t="s">
-        <v>497</v>
+        <v>444</v>
       </c>
       <c r="B543" t="s">
-        <v>498</v>
+        <v>445</v>
       </c>
       <c r="C543">
-        <v>36.0</v>
+        <v>25.2</v>
       </c>
       <c r="D543" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544" t="s">
-        <v>499</v>
+        <v>446</v>
       </c>
       <c r="B544" t="s">
-        <v>500</v>
+        <v>447</v>
       </c>
       <c r="C544">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D544" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545" t="s">
-        <v>501</v>
+        <v>448</v>
       </c>
       <c r="B545" t="s">
-        <v>502</v>
+        <v>449</v>
       </c>
       <c r="C545">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D545" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546" t="s">
-        <v>503</v>
+        <v>450</v>
       </c>
       <c r="B546" t="s">
-        <v>504</v>
+        <v>451</v>
       </c>
       <c r="C546">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D546" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547" t="s">
-        <v>505</v>
+        <v>452</v>
       </c>
       <c r="B547" t="s">
-        <v>506</v>
+        <v>453</v>
       </c>
       <c r="C547">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D547" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548" t="s">
-        <v>507</v>
+        <v>454</v>
       </c>
       <c r="B548" t="s">
-        <v>508</v>
+        <v>455</v>
       </c>
       <c r="C548">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D548" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549" t="s">
-        <v>509</v>
+        <v>456</v>
       </c>
       <c r="B549" t="s">
-        <v>510</v>
+        <v>457</v>
       </c>
       <c r="C549">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D549" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550" t="s">
-        <v>511</v>
+        <v>458</v>
       </c>
       <c r="B550" t="s">
-        <v>512</v>
+        <v>459</v>
       </c>
       <c r="C550">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D550" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551" t="s">
-        <v>513</v>
+        <v>460</v>
       </c>
       <c r="B551" t="s">
-        <v>514</v>
+        <v>461</v>
       </c>
       <c r="C551">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D551" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552" t="s">
-        <v>515</v>
+        <v>462</v>
       </c>
       <c r="B552" t="s">
-        <v>516</v>
+        <v>463</v>
       </c>
       <c r="C552">
-        <v>38.4</v>
+        <v>25.2</v>
       </c>
       <c r="D552" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553" t="s">
-        <v>519</v>
+        <v>464</v>
       </c>
       <c r="B553" t="s">
-        <v>520</v>
+        <v>465</v>
       </c>
       <c r="C553">
-        <v>39.6</v>
+        <v>25.2</v>
       </c>
       <c r="D553" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554" t="s">
-        <v>521</v>
+        <v>468</v>
       </c>
       <c r="B554" t="s">
-        <v>522</v>
+        <v>469</v>
       </c>
       <c r="C554">
-        <v>39.6</v>
+        <v>26.4</v>
       </c>
       <c r="D554" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555" t="s">
-        <v>523</v>
+        <v>470</v>
       </c>
       <c r="B555" t="s">
-        <v>524</v>
+        <v>471</v>
       </c>
       <c r="C555">
-        <v>39.6</v>
+        <v>27.0</v>
       </c>
       <c r="D555" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556" t="s">
-        <v>539</v>
+        <v>472</v>
       </c>
       <c r="B556" t="s">
-        <v>540</v>
+        <v>473</v>
       </c>
       <c r="C556">
-        <v>42.0</v>
+        <v>27.0</v>
       </c>
       <c r="D556" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>541</v>
+        <v>476</v>
       </c>
       <c r="B557" t="s">
-        <v>542</v>
+        <v>477</v>
       </c>
       <c r="C557">
-        <v>42.0</v>
+        <v>27.6</v>
       </c>
       <c r="D557" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558" t="s">
-        <v>543</v>
+        <v>486</v>
       </c>
       <c r="B558" t="s">
-        <v>544</v>
+        <v>487</v>
       </c>
       <c r="C558">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="D558" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559" t="s">
-        <v>545</v>
+        <v>488</v>
       </c>
       <c r="B559" t="s">
-        <v>546</v>
+        <v>489</v>
       </c>
       <c r="C559">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
       <c r="D559" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560" t="s">
-        <v>547</v>
+        <v>490</v>
       </c>
       <c r="B560" t="s">
-        <v>548</v>
+        <v>491</v>
       </c>
       <c r="C560">
-        <v>42.0</v>
+        <v>31.2</v>
       </c>
       <c r="D560" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561" t="s">
-        <v>549</v>
+        <v>494</v>
       </c>
       <c r="B561" t="s">
-        <v>550</v>
+        <v>495</v>
       </c>
       <c r="C561">
-        <v>42.0</v>
+        <v>33.6</v>
       </c>
       <c r="D561" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562" t="s">
-        <v>551</v>
+        <v>496</v>
       </c>
       <c r="B562" t="s">
-        <v>552</v>
+        <v>497</v>
       </c>
       <c r="C562">
-        <v>42.0</v>
+        <v>33.6</v>
       </c>
       <c r="D562" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563" t="s">
-        <v>553</v>
+        <v>502</v>
       </c>
       <c r="B563" t="s">
-        <v>554</v>
+        <v>503</v>
       </c>
       <c r="C563">
-        <v>42.0</v>
+        <v>36.0</v>
       </c>
       <c r="D563" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564" t="s">
-        <v>555</v>
+        <v>504</v>
       </c>
       <c r="B564" t="s">
-        <v>556</v>
+        <v>505</v>
       </c>
       <c r="C564">
-        <v>42.0</v>
+        <v>36.0</v>
       </c>
       <c r="D564" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565" t="s">
-        <v>557</v>
+        <v>506</v>
       </c>
       <c r="B565" t="s">
-        <v>558</v>
+        <v>507</v>
       </c>
       <c r="C565">
-        <v>42.0</v>
+        <v>36.0</v>
       </c>
       <c r="D565" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566" t="s">
-        <v>559</v>
+        <v>508</v>
       </c>
       <c r="B566" t="s">
-        <v>560</v>
+        <v>509</v>
       </c>
       <c r="C566">
-        <v>42.0</v>
+        <v>38.4</v>
       </c>
       <c r="D566" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567" t="s">
-        <v>561</v>
+        <v>510</v>
       </c>
       <c r="B567" t="s">
-        <v>562</v>
+        <v>511</v>
       </c>
       <c r="C567">
-        <v>45.6</v>
+        <v>38.4</v>
       </c>
       <c r="D567" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568" t="s">
-        <v>563</v>
+        <v>512</v>
       </c>
       <c r="B568" t="s">
-        <v>564</v>
+        <v>513</v>
       </c>
       <c r="C568">
-        <v>48.0</v>
+        <v>38.4</v>
       </c>
       <c r="D568" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569" t="s">
-        <v>565</v>
+        <v>514</v>
       </c>
       <c r="B569" t="s">
-        <v>566</v>
+        <v>515</v>
       </c>
       <c r="C569">
-        <v>48.0</v>
+        <v>38.4</v>
       </c>
       <c r="D569" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570" t="s">
-        <v>567</v>
+        <v>516</v>
       </c>
       <c r="B570" t="s">
-        <v>568</v>
+        <v>517</v>
       </c>
       <c r="C570">
-        <v>48.0</v>
+        <v>38.4</v>
       </c>
       <c r="D570" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571" t="s">
-        <v>569</v>
+        <v>518</v>
       </c>
       <c r="B571" t="s">
-        <v>570</v>
+        <v>519</v>
       </c>
       <c r="C571">
-        <v>48.0</v>
+        <v>38.4</v>
       </c>
       <c r="D571" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572" t="s">
-        <v>571</v>
+        <v>520</v>
       </c>
       <c r="B572" t="s">
-        <v>572</v>
+        <v>521</v>
       </c>
       <c r="C572">
-        <v>48.0</v>
+        <v>38.4</v>
       </c>
       <c r="D572" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573" t="s">
-        <v>573</v>
+        <v>522</v>
       </c>
       <c r="B573" t="s">
-        <v>574</v>
+        <v>523</v>
       </c>
       <c r="C573">
-        <v>48.0</v>
+        <v>38.4</v>
       </c>
       <c r="D573" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574" t="s">
-        <v>575</v>
+        <v>524</v>
       </c>
       <c r="B574" t="s">
-        <v>576</v>
+        <v>525</v>
       </c>
       <c r="C574">
-        <v>48.0</v>
+        <v>38.4</v>
       </c>
       <c r="D574" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575" t="s">
-        <v>577</v>
+        <v>526</v>
       </c>
       <c r="B575" t="s">
-        <v>578</v>
+        <v>527</v>
       </c>
       <c r="C575">
-        <v>48.0</v>
+        <v>39.6</v>
       </c>
       <c r="D575" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576" t="s">
-        <v>579</v>
+        <v>528</v>
       </c>
       <c r="B576" t="s">
-        <v>580</v>
+        <v>529</v>
       </c>
       <c r="C576">
-        <v>48.0</v>
+        <v>39.6</v>
       </c>
       <c r="D576" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577" t="s">
-        <v>581</v>
+        <v>530</v>
       </c>
       <c r="B577" t="s">
-        <v>582</v>
+        <v>531</v>
       </c>
       <c r="C577">
-        <v>48.0</v>
+        <v>39.6</v>
       </c>
       <c r="D577" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" t="s">
-        <v>583</v>
+        <v>532</v>
       </c>
       <c r="B578" t="s">
-        <v>584</v>
+        <v>533</v>
       </c>
       <c r="C578">
-        <v>50.4</v>
+        <v>39.6</v>
       </c>
       <c r="D578" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" t="s">
-        <v>585</v>
+        <v>538</v>
       </c>
       <c r="B579" t="s">
-        <v>586</v>
+        <v>539</v>
       </c>
       <c r="C579">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D579" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" t="s">
-        <v>587</v>
+        <v>540</v>
       </c>
       <c r="B580" t="s">
-        <v>588</v>
+        <v>541</v>
       </c>
       <c r="C580">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D580" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" t="s">
-        <v>589</v>
+        <v>542</v>
       </c>
       <c r="B581" t="s">
-        <v>590</v>
+        <v>543</v>
       </c>
       <c r="C581">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D581" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" t="s">
-        <v>591</v>
+        <v>544</v>
       </c>
       <c r="B582" t="s">
-        <v>592</v>
+        <v>545</v>
       </c>
       <c r="C582">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D582" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" t="s">
-        <v>593</v>
+        <v>546</v>
       </c>
       <c r="B583" t="s">
-        <v>594</v>
+        <v>547</v>
       </c>
       <c r="C583">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D583" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" t="s">
-        <v>595</v>
+        <v>548</v>
       </c>
       <c r="B584" t="s">
-        <v>596</v>
+        <v>549</v>
       </c>
       <c r="C584">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D584" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" t="s">
-        <v>597</v>
+        <v>550</v>
       </c>
       <c r="B585" t="s">
-        <v>598</v>
+        <v>551</v>
       </c>
       <c r="C585">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D585" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" t="s">
-        <v>599</v>
+        <v>552</v>
       </c>
       <c r="B586" t="s">
-        <v>600</v>
+        <v>553</v>
       </c>
       <c r="C586">
-        <v>55.2</v>
+        <v>42.0</v>
       </c>
       <c r="D586" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" t="s">
-        <v>601</v>
+        <v>554</v>
       </c>
       <c r="B587" t="s">
-        <v>602</v>
+        <v>555</v>
       </c>
       <c r="C587">
-        <v>58.8</v>
+        <v>42.0</v>
       </c>
       <c r="D587" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
-        <v>603</v>
+        <v>556</v>
       </c>
       <c r="B588" t="s">
-        <v>604</v>
+        <v>557</v>
       </c>
       <c r="C588">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D588" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" t="s">
-        <v>605</v>
+        <v>558</v>
       </c>
       <c r="B589" t="s">
-        <v>606</v>
+        <v>559</v>
       </c>
       <c r="C589">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D589" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
-        <v>607</v>
+        <v>560</v>
       </c>
       <c r="B590" t="s">
-        <v>608</v>
+        <v>561</v>
       </c>
       <c r="C590">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D590" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" t="s">
-        <v>609</v>
+        <v>562</v>
       </c>
       <c r="B591" t="s">
-        <v>610</v>
+        <v>563</v>
       </c>
       <c r="C591">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D591" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" t="s">
-        <v>611</v>
+        <v>564</v>
       </c>
       <c r="B592" t="s">
-        <v>612</v>
+        <v>565</v>
       </c>
       <c r="C592">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D592" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" t="s">
-        <v>613</v>
+        <v>566</v>
       </c>
       <c r="B593" t="s">
-        <v>614</v>
+        <v>567</v>
       </c>
       <c r="C593">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D593" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
-        <v>615</v>
+        <v>568</v>
       </c>
       <c r="B594" t="s">
-        <v>616</v>
+        <v>569</v>
       </c>
       <c r="C594">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D594" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
-        <v>617</v>
+        <v>570</v>
       </c>
       <c r="B595" t="s">
-        <v>618</v>
+        <v>571</v>
       </c>
       <c r="C595">
-        <v>60.0</v>
+        <v>42.0</v>
       </c>
       <c r="D595" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
-        <v>619</v>
+        <v>572</v>
       </c>
       <c r="B596" t="s">
-        <v>620</v>
+        <v>573</v>
       </c>
       <c r="C596">
-        <v>66.0</v>
+        <v>45.6</v>
       </c>
       <c r="D596" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" t="s">
-        <v>621</v>
+        <v>574</v>
       </c>
       <c r="B597" t="s">
-        <v>622</v>
+        <v>575</v>
       </c>
       <c r="C597">
-        <v>66.0</v>
+        <v>48.0</v>
       </c>
       <c r="D597" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" t="s">
-        <v>623</v>
+        <v>576</v>
       </c>
       <c r="B598" t="s">
-        <v>624</v>
+        <v>577</v>
       </c>
       <c r="C598">
-        <v>66.0</v>
+        <v>48.0</v>
       </c>
       <c r="D598" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" t="s">
-        <v>625</v>
+        <v>578</v>
       </c>
       <c r="B599" t="s">
-        <v>626</v>
+        <v>579</v>
       </c>
       <c r="C599">
-        <v>66.0</v>
+        <v>48.0</v>
       </c>
       <c r="D599" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
-        <v>627</v>
+        <v>580</v>
       </c>
       <c r="B600" t="s">
-        <v>628</v>
+        <v>581</v>
       </c>
       <c r="C600">
-        <v>66.0</v>
+        <v>48.0</v>
       </c>
       <c r="D600" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" t="s">
-        <v>629</v>
+        <v>582</v>
       </c>
       <c r="B601" t="s">
-        <v>630</v>
+        <v>583</v>
       </c>
       <c r="C601">
-        <v>72.0</v>
+        <v>48.0</v>
       </c>
       <c r="D601" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
         <v>122</v>
       </c>
       <c r="B602" t="s">
         <v>123</v>
       </c>
       <c r="C602">
         <v>2.34</v>
       </c>
       <c r="D602" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" t="s">
         <v>124</v>
       </c>
       <c r="B603" t="s">
         <v>125</v>
       </c>
       <c r="C603">
         <v>2.34</v>
       </c>
       <c r="D603" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" t="s">
+        <v>242</v>
+      </c>
+      <c r="B604" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="C604">
         <v>3.6</v>
       </c>
       <c r="D604" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" t="s">
+        <v>244</v>
+      </c>
+      <c r="B605" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="C605">
         <v>3.6</v>
       </c>
       <c r="D605" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" t="s">
+        <v>263</v>
+      </c>
+      <c r="B606" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="C606">
         <v>4.2</v>
       </c>
       <c r="D606" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" t="s">
+        <v>287</v>
+      </c>
+      <c r="B607" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C607">
         <v>5.4</v>
       </c>
       <c r="D607" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" t="s">
+        <v>313</v>
+      </c>
+      <c r="B608" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="C608">
         <v>6.6</v>
       </c>
       <c r="D608" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" t="s">
         <v>354</v>
       </c>
       <c r="B609" t="s">
         <v>355</v>
       </c>
       <c r="C609">
         <v>8.52</v>
       </c>
       <c r="D609" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" t="s">
         <v>356</v>
       </c>
       <c r="B610" t="s">
         <v>357</v>
       </c>
       <c r="C610">
         <v>8.88</v>
       </c>
       <c r="D610" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" t="s">
         <v>380</v>
       </c>
       <c r="B611" t="s">
         <v>381</v>
       </c>
       <c r="C611">
         <v>9.6</v>
       </c>
       <c r="D611" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="B612" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="C612">
-        <v>14.16</v>
+        <v>10.2</v>
       </c>
       <c r="D612" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B613" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C613">
-        <v>16.2</v>
+        <v>14.16</v>
       </c>
       <c r="D613" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="B614" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="C614">
-        <v>16.2</v>
+        <v>14.4</v>
       </c>
       <c r="D614" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B615" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="C615">
-        <v>18.0</v>
+        <v>16.2</v>
       </c>
       <c r="D615" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B616" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="C616">
-        <v>18.0</v>
+        <v>16.2</v>
       </c>
       <c r="D616" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" t="s">
         <v>404</v>
       </c>
       <c r="B617" t="s">
         <v>405</v>
       </c>
       <c r="C617">
         <v>18.0</v>
       </c>
       <c r="D617" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" t="s">
         <v>406</v>
       </c>
       <c r="B618" t="s">
         <v>407</v>
       </c>
       <c r="C618">
         <v>18.0</v>
       </c>
       <c r="D618" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="B619" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="C619">
-        <v>22.8</v>
+        <v>18.0</v>
       </c>
       <c r="D619" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="B620" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="C620">
-        <v>24.0</v>
+        <v>18.0</v>
       </c>
       <c r="D620" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="B621" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="C621">
-        <v>24.0</v>
+        <v>21.6</v>
       </c>
       <c r="D621" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="B622" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="C622">
-        <v>24.0</v>
+        <v>22.8</v>
       </c>
       <c r="D622" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="B623" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="C623">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D623" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="B624" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="C624">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D624" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="B625" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="C625">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D625" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="B626" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="C626">
-        <v>25.2</v>
+        <v>24.0</v>
       </c>
       <c r="D626" t="s">
-        <v>412</v>
+        <v>6</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" t="s">
+        <v>442</v>
+      </c>
+      <c r="B627" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="C627">
         <v>25.2</v>
       </c>
       <c r="D627" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" t="s">
+        <v>444</v>
+      </c>
+      <c r="B628" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="C628">
         <v>25.2</v>
       </c>
       <c r="D628" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" t="s">
+        <v>446</v>
+      </c>
+      <c r="B629" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="C629">
         <v>25.2</v>
       </c>
       <c r="D629" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" t="s">
+        <v>448</v>
+      </c>
+      <c r="B630" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="C630">
         <v>25.2</v>
       </c>
       <c r="D630" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" t="s">
+        <v>450</v>
+      </c>
+      <c r="B631" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="C631">
         <v>25.2</v>
       </c>
       <c r="D631" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" t="s">
+        <v>452</v>
+      </c>
+      <c r="B632" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="C632">
         <v>25.2</v>
       </c>
       <c r="D632" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" t="s">
+        <v>454</v>
+      </c>
+      <c r="B633" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="C633">
         <v>25.2</v>
       </c>
       <c r="D633" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" t="s">
+        <v>456</v>
+      </c>
+      <c r="B634" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="C634">
         <v>25.2</v>
       </c>
       <c r="D634" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="B635" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="C635">
-        <v>27.0</v>
+        <v>25.2</v>
       </c>
       <c r="D635" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="B636" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="C636">
-        <v>27.0</v>
+        <v>25.2</v>
       </c>
       <c r="D636" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="B637" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="C637">
-        <v>27.6</v>
+        <v>25.2</v>
       </c>
       <c r="D637" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" t="s">
-        <v>477</v>
+        <v>464</v>
       </c>
       <c r="B638" t="s">
-        <v>478</v>
+        <v>465</v>
       </c>
       <c r="C638">
-        <v>30.0</v>
+        <v>25.2</v>
       </c>
       <c r="D638" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
       <c r="B639" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="C639">
-        <v>30.0</v>
+        <v>26.4</v>
       </c>
       <c r="D639" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="B640" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="C640">
-        <v>31.2</v>
+        <v>27.0</v>
       </c>
       <c r="D640" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" t="s">
-        <v>487</v>
+        <v>472</v>
       </c>
       <c r="B641" t="s">
-        <v>488</v>
+        <v>473</v>
       </c>
       <c r="C641">
-        <v>33.6</v>
+        <v>27.0</v>
       </c>
       <c r="D641" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" t="s">
-        <v>495</v>
+        <v>476</v>
       </c>
       <c r="B642" t="s">
-        <v>496</v>
+        <v>477</v>
       </c>
       <c r="C642">
-        <v>36.0</v>
+        <v>27.6</v>
       </c>
       <c r="D642" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" t="s">
-        <v>497</v>
+        <v>486</v>
       </c>
       <c r="B643" t="s">
-        <v>498</v>
+        <v>487</v>
       </c>
       <c r="C643">
-        <v>36.0</v>
+        <v>30.0</v>
       </c>
       <c r="D643" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" t="s">
-        <v>503</v>
+        <v>488</v>
       </c>
       <c r="B644" t="s">
-        <v>504</v>
+        <v>489</v>
       </c>
       <c r="C644">
-        <v>38.4</v>
+        <v>30.0</v>
       </c>
       <c r="D644" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" t="s">
-        <v>505</v>
+        <v>490</v>
       </c>
       <c r="B645" t="s">
-        <v>506</v>
+        <v>491</v>
       </c>
       <c r="C645">
-        <v>38.4</v>
+        <v>31.2</v>
       </c>
       <c r="D645" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="B646" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="C646">
-        <v>38.4</v>
+        <v>33.6</v>
       </c>
       <c r="D646" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="B647" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="C647">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D647" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="B648" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="C648">
-        <v>38.4</v>
+        <v>36.0</v>
       </c>
       <c r="D648" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="B649" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="C649">
         <v>38.4</v>
       </c>
       <c r="D649" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="B650" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="C650">
         <v>38.4</v>
       </c>
       <c r="D650" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="B651" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="C651">
-        <v>39.6</v>
+        <v>38.4</v>
       </c>
       <c r="D651" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="B652" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="C652">
-        <v>39.6</v>
+        <v>38.4</v>
       </c>
       <c r="D652" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B653" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="C653">
-        <v>39.6</v>
+        <v>38.4</v>
       </c>
       <c r="D653" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" t="s">
-        <v>543</v>
+        <v>518</v>
       </c>
       <c r="B654" t="s">
-        <v>544</v>
+        <v>519</v>
       </c>
       <c r="C654">
-        <v>42.0</v>
+        <v>38.4</v>
       </c>
       <c r="D654" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" t="s">
-        <v>545</v>
+        <v>520</v>
       </c>
       <c r="B655" t="s">
-        <v>546</v>
+        <v>521</v>
       </c>
       <c r="C655">
-        <v>42.0</v>
+        <v>38.4</v>
       </c>
       <c r="D655" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" t="s">
-        <v>547</v>
+        <v>522</v>
       </c>
       <c r="B656" t="s">
-        <v>548</v>
+        <v>523</v>
       </c>
       <c r="C656">
-        <v>42.0</v>
+        <v>38.4</v>
       </c>
       <c r="D656" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" t="s">
-        <v>549</v>
+        <v>524</v>
       </c>
       <c r="B657" t="s">
-        <v>550</v>
+        <v>525</v>
       </c>
       <c r="C657">
-        <v>42.0</v>
+        <v>38.4</v>
       </c>
       <c r="D657" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" t="s">
-        <v>551</v>
+        <v>528</v>
       </c>
       <c r="B658" t="s">
-        <v>552</v>
+        <v>529</v>
       </c>
       <c r="C658">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D658" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" t="s">
-        <v>553</v>
+        <v>530</v>
       </c>
       <c r="B659" t="s">
-        <v>554</v>
+        <v>531</v>
       </c>
       <c r="C659">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D659" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" t="s">
-        <v>555</v>
+        <v>532</v>
       </c>
       <c r="B660" t="s">
-        <v>556</v>
+        <v>533</v>
       </c>
       <c r="C660">
-        <v>42.0</v>
+        <v>39.6</v>
       </c>
       <c r="D660" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="B661" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
       <c r="C661">
         <v>42.0</v>
       </c>
       <c r="D661" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="B662" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="C662">
         <v>42.0</v>
       </c>
       <c r="D662" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="B663" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="C663">
-        <v>45.6</v>
+        <v>42.0</v>
       </c>
       <c r="D663" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" t="s">
-        <v>573</v>
+        <v>554</v>
       </c>
       <c r="B664" t="s">
-        <v>574</v>
+        <v>555</v>
       </c>
       <c r="C664">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="D664" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" t="s">
-        <v>575</v>
+        <v>556</v>
       </c>
       <c r="B665" t="s">
-        <v>576</v>
+        <v>557</v>
       </c>
       <c r="C665">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="D665" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" t="s">
-        <v>577</v>
+        <v>558</v>
       </c>
       <c r="B666" t="s">
-        <v>578</v>
+        <v>559</v>
       </c>
       <c r="C666">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="D666" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" t="s">
-        <v>579</v>
+        <v>560</v>
       </c>
       <c r="B667" t="s">
-        <v>580</v>
+        <v>561</v>
       </c>
       <c r="C667">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="D667" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" t="s">
-        <v>581</v>
+        <v>562</v>
       </c>
       <c r="B668" t="s">
-        <v>582</v>
+        <v>563</v>
       </c>
       <c r="C668">
-        <v>48.0</v>
+        <v>42.0</v>
       </c>
       <c r="D668" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" t="s">
-        <v>589</v>
+        <v>564</v>
       </c>
       <c r="B669" t="s">
-        <v>590</v>
+        <v>565</v>
       </c>
       <c r="C669">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D669" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" t="s">
-        <v>591</v>
+        <v>566</v>
       </c>
       <c r="B670" t="s">
-        <v>592</v>
+        <v>567</v>
       </c>
       <c r="C670">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D670" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" t="s">
-        <v>593</v>
+        <v>568</v>
       </c>
       <c r="B671" t="s">
-        <v>594</v>
+        <v>569</v>
       </c>
       <c r="C671">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D671" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" t="s">
-        <v>595</v>
+        <v>570</v>
       </c>
       <c r="B672" t="s">
-        <v>596</v>
+        <v>571</v>
       </c>
       <c r="C672">
-        <v>54.0</v>
+        <v>42.0</v>
       </c>
       <c r="D672" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" t="s">
-        <v>597</v>
+        <v>572</v>
       </c>
       <c r="B673" t="s">
-        <v>598</v>
+        <v>573</v>
       </c>
       <c r="C673">
-        <v>54.0</v>
+        <v>45.6</v>
       </c>
       <c r="D673" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" t="s">
-        <v>599</v>
+        <v>584</v>
       </c>
       <c r="B674" t="s">
-        <v>600</v>
+        <v>585</v>
       </c>
       <c r="C674">
-        <v>55.2</v>
+        <v>48.0</v>
       </c>
       <c r="D674" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" t="s">
-        <v>605</v>
+        <v>586</v>
       </c>
       <c r="B675" t="s">
-        <v>606</v>
+        <v>587</v>
       </c>
       <c r="C675">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
       <c r="D675" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" t="s">
-        <v>607</v>
+        <v>588</v>
       </c>
       <c r="B676" t="s">
-        <v>608</v>
+        <v>589</v>
       </c>
       <c r="C676">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
       <c r="D676" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" t="s">
-        <v>609</v>
+        <v>590</v>
       </c>
       <c r="B677" t="s">
-        <v>610</v>
+        <v>591</v>
       </c>
       <c r="C677">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
       <c r="D677" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" t="s">
-        <v>611</v>
+        <v>592</v>
       </c>
       <c r="B678" t="s">
-        <v>612</v>
+        <v>593</v>
       </c>
       <c r="C678">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
       <c r="D678" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" t="s">
-        <v>613</v>
+        <v>594</v>
       </c>
       <c r="B679" t="s">
-        <v>614</v>
+        <v>595</v>
       </c>
       <c r="C679">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
       <c r="D679" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" t="s">
-        <v>615</v>
+        <v>596</v>
       </c>
       <c r="B680" t="s">
-        <v>616</v>
+        <v>597</v>
       </c>
       <c r="C680">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
       <c r="D680" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" t="s">
-        <v>617</v>
+        <v>598</v>
       </c>
       <c r="B681" t="s">
-        <v>618</v>
+        <v>599</v>
       </c>
       <c r="C681">
-        <v>60.0</v>
+        <v>48.0</v>
       </c>
       <c r="D681" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" t="s">
-        <v>619</v>
+        <v>600</v>
       </c>
       <c r="B682" t="s">
-        <v>620</v>
+        <v>601</v>
       </c>
       <c r="C682">
-        <v>66.0</v>
+        <v>48.0</v>
       </c>
       <c r="D682" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" t="s">
-        <v>621</v>
+        <v>602</v>
       </c>
       <c r="B683" t="s">
-        <v>622</v>
+        <v>603</v>
       </c>
       <c r="C683">
-        <v>66.0</v>
+        <v>54.0</v>
       </c>
       <c r="D683" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" t="s">
-        <v>623</v>
+        <v>604</v>
       </c>
       <c r="B684" t="s">
-        <v>624</v>
+        <v>605</v>
       </c>
       <c r="C684">
-        <v>66.0</v>
+        <v>54.0</v>
       </c>
       <c r="D684" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="B685" t="s">
-        <v>626</v>
+        <v>607</v>
       </c>
       <c r="C685">
-        <v>66.0</v>
+        <v>54.0</v>
       </c>
       <c r="D685" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" t="s">
-        <v>627</v>
+        <v>608</v>
       </c>
       <c r="B686" t="s">
-        <v>628</v>
+        <v>609</v>
       </c>
       <c r="C686">
-        <v>66.0</v>
+        <v>54.0</v>
       </c>
       <c r="D686" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
-        <v>631</v>
+        <v>610</v>
       </c>
       <c r="B687" t="s">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="C687">
-        <v>72.0</v>
+        <v>54.0</v>
       </c>
       <c r="D687" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
-        <v>633</v>
+        <v>612</v>
       </c>
       <c r="B688" t="s">
-        <v>634</v>
+        <v>613</v>
       </c>
       <c r="C688">
-        <v>72.0</v>
+        <v>54.0</v>
       </c>
       <c r="D688" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" t="s">
-        <v>635</v>
+        <v>614</v>
       </c>
       <c r="B689" t="s">
-        <v>636</v>
+        <v>615</v>
       </c>
       <c r="C689">
-        <v>72.0</v>
+        <v>55.2</v>
       </c>
       <c r="D689" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" t="s">
-        <v>637</v>
+        <v>616</v>
       </c>
       <c r="B690" t="s">
-        <v>638</v>
+        <v>617</v>
       </c>
       <c r="C690">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
       <c r="D690" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" t="s">
-        <v>639</v>
+        <v>618</v>
       </c>
       <c r="B691" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="C691">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
       <c r="D691" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
-        <v>641</v>
+        <v>620</v>
       </c>
       <c r="B692" t="s">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="C692">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
       <c r="D692" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
-        <v>643</v>
+        <v>622</v>
       </c>
       <c r="B693" t="s">
-        <v>644</v>
+        <v>623</v>
       </c>
       <c r="C693">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
       <c r="D693" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" t="s">
-        <v>645</v>
+        <v>624</v>
       </c>
       <c r="B694" t="s">
-        <v>646</v>
+        <v>625</v>
       </c>
       <c r="C694">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
       <c r="D694" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" t="s">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="B695" t="s">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c r="C695">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
       <c r="D695" t="s">
-        <v>11</v>
+        <v>337</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" t="s">
-        <v>649</v>
+        <v>628</v>
       </c>
       <c r="B696" t="s">
-        <v>650</v>
+        <v>629</v>
       </c>
       <c r="C696">
-        <v>72.0</v>
+        <v>60.0</v>
       </c>
       <c r="D696" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" t="s">
-        <v>651</v>
+        <v>630</v>
       </c>
       <c r="B697" t="s">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c r="C697">
-        <v>72.0</v>
+        <v>66.0</v>
       </c>
       <c r="D697" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c r="B698" t="s">
-        <v>654</v>
+        <v>633</v>
       </c>
       <c r="C698">
-        <v>72.0</v>
+        <v>66.0</v>
       </c>
       <c r="D698" t="s">
-        <v>412</v>
+        <v>337</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" t="s">
-        <v>655</v>
+        <v>634</v>
       </c>
       <c r="B699" t="s">
-        <v>656</v>
+        <v>635</v>
       </c>
       <c r="C699">
-        <v>72.0</v>
+        <v>66.0</v>
       </c>
       <c r="D699" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="B700" t="s">
-        <v>658</v>
+        <v>637</v>
       </c>
       <c r="C700">
-        <v>78.0</v>
+        <v>66.0</v>
       </c>
       <c r="D700" t="s">
-        <v>224</v>
+        <v>6</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" t="s">
-        <v>659</v>
+        <v>638</v>
       </c>
       <c r="B701" t="s">
-        <v>660</v>
+        <v>639</v>
       </c>
       <c r="C701">
-        <v>78.0</v>
+        <v>66.0</v>
       </c>
       <c r="D701" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" t="s">
-        <v>122</v>
+        <v>382</v>
       </c>
       <c r="B702" t="s">
-        <v>123</v>
+        <v>383</v>
       </c>
       <c r="C702">
-        <v>2.34</v>
+        <v>10.2</v>
       </c>
       <c r="D702" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" t="s">
-        <v>124</v>
+        <v>392</v>
       </c>
       <c r="B703" t="s">
-        <v>125</v>
+        <v>393</v>
       </c>
       <c r="C703">
-        <v>2.34</v>
+        <v>14.4</v>
       </c>
       <c r="D703" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" t="s">
-        <v>243</v>
+        <v>416</v>
       </c>
       <c r="B704" t="s">
-        <v>244</v>
+        <v>417</v>
       </c>
       <c r="C704">
-        <v>3.6</v>
+        <v>21.6</v>
       </c>
       <c r="D704" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" t="s">
-        <v>245</v>
+        <v>434</v>
       </c>
       <c r="B705" t="s">
-        <v>246</v>
+        <v>435</v>
       </c>
       <c r="C705">
-        <v>3.6</v>
+        <v>24.0</v>
       </c>
       <c r="D705" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" t="s">
-        <v>264</v>
+        <v>468</v>
       </c>
       <c r="B706" t="s">
-        <v>265</v>
+        <v>469</v>
       </c>
       <c r="C706">
-        <v>4.2</v>
+        <v>26.4</v>
       </c>
       <c r="D706" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" t="s">
-        <v>288</v>
+        <v>506</v>
       </c>
       <c r="B707" t="s">
-        <v>289</v>
+        <v>507</v>
       </c>
       <c r="C707">
-        <v>5.4</v>
+        <v>36.0</v>
       </c>
       <c r="D707" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" t="s">
-        <v>314</v>
+        <v>570</v>
       </c>
       <c r="B708" t="s">
-        <v>315</v>
+        <v>571</v>
       </c>
       <c r="C708">
-        <v>6.6</v>
+        <v>42.0</v>
       </c>
       <c r="D708" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" t="s">
-        <v>354</v>
+        <v>572</v>
       </c>
       <c r="B709" t="s">
-        <v>355</v>
+        <v>573</v>
       </c>
       <c r="C709">
-        <v>8.52</v>
+        <v>45.6</v>
       </c>
       <c r="D709" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" t="s">
-        <v>356</v>
+        <v>640</v>
       </c>
       <c r="B710" t="s">
-        <v>357</v>
+        <v>641</v>
       </c>
       <c r="C710">
-        <v>8.88</v>
+        <v>70.8</v>
       </c>
       <c r="D710" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" t="s">
-        <v>380</v>
+        <v>642</v>
       </c>
       <c r="B711" t="s">
-        <v>381</v>
+        <v>643</v>
       </c>
       <c r="C711">
-        <v>9.6</v>
+        <v>78.0</v>
       </c>
       <c r="D711" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" t="s">
-        <v>388</v>
+        <v>644</v>
       </c>
       <c r="B712" t="s">
-        <v>389</v>
+        <v>645</v>
       </c>
       <c r="C712">
-        <v>14.16</v>
+        <v>78.0</v>
       </c>
       <c r="D712" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" t="s">
-        <v>394</v>
+        <v>646</v>
       </c>
       <c r="B713" t="s">
-        <v>395</v>
+        <v>647</v>
       </c>
       <c r="C713">
-        <v>16.2</v>
+        <v>90.0</v>
       </c>
       <c r="D713" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" t="s">
-        <v>396</v>
+        <v>648</v>
       </c>
       <c r="B714" t="s">
-        <v>397</v>
+        <v>649</v>
       </c>
       <c r="C714">
-        <v>16.2</v>
+        <v>96.0</v>
       </c>
       <c r="D714" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" t="s">
-        <v>400</v>
+        <v>650</v>
       </c>
       <c r="B715" t="s">
-        <v>401</v>
+        <v>651</v>
       </c>
       <c r="C715">
-        <v>18.0</v>
+        <v>96.0</v>
       </c>
       <c r="D715" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" t="s">
-        <v>402</v>
+        <v>652</v>
       </c>
       <c r="B716" t="s">
-        <v>403</v>
+        <v>653</v>
       </c>
       <c r="C716">
-        <v>18.0</v>
+        <v>102.0</v>
       </c>
       <c r="D716" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" t="s">
-        <v>404</v>
+        <v>654</v>
       </c>
       <c r="B717" t="s">
-        <v>405</v>
+        <v>655</v>
       </c>
       <c r="C717">
-        <v>18.0</v>
+        <v>102.0</v>
       </c>
       <c r="D717" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" t="s">
-        <v>406</v>
+        <v>656</v>
       </c>
       <c r="B718" t="s">
-        <v>407</v>
+        <v>657</v>
       </c>
       <c r="C718">
-        <v>18.0</v>
+        <v>102.0</v>
       </c>
       <c r="D718" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" t="s">
-        <v>417</v>
+        <v>658</v>
       </c>
       <c r="B719" t="s">
-        <v>418</v>
+        <v>659</v>
       </c>
       <c r="C719">
-        <v>22.8</v>
+        <v>108.0</v>
       </c>
       <c r="D719" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" t="s">
-        <v>461</v>
+        <v>660</v>
       </c>
       <c r="B720" t="s">
-        <v>462</v>
+        <v>661</v>
       </c>
       <c r="C720">
-        <v>27.0</v>
+        <v>108.0</v>
       </c>
       <c r="D720" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" t="s">
-        <v>463</v>
+        <v>662</v>
       </c>
       <c r="B721" t="s">
-        <v>464</v>
+        <v>663</v>
       </c>
       <c r="C721">
-        <v>27.0</v>
+        <v>108.0</v>
       </c>
       <c r="D721" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" t="s">
-        <v>497</v>
+        <v>664</v>
       </c>
       <c r="B722" t="s">
-        <v>498</v>
+        <v>665</v>
       </c>
       <c r="C722">
-        <v>36.0</v>
+        <v>114.0</v>
       </c>
       <c r="D722" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" t="s">
-        <v>515</v>
+        <v>666</v>
       </c>
       <c r="B723" t="s">
-        <v>516</v>
+        <v>667</v>
       </c>
       <c r="C723">
-        <v>38.4</v>
+        <v>120.0</v>
       </c>
       <c r="D723" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" t="s">
-        <v>557</v>
+        <v>668</v>
       </c>
       <c r="B724" t="s">
-        <v>558</v>
+        <v>669</v>
       </c>
       <c r="C724">
-        <v>42.0</v>
+        <v>126.0</v>
       </c>
       <c r="D724" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" t="s">
-        <v>559</v>
+        <v>670</v>
       </c>
       <c r="B725" t="s">
-        <v>560</v>
+        <v>671</v>
       </c>
       <c r="C725">
-        <v>42.0</v>
+        <v>132.0</v>
       </c>
       <c r="D725" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" t="s">
-        <v>561</v>
+        <v>672</v>
       </c>
       <c r="B726" t="s">
-        <v>562</v>
+        <v>673</v>
       </c>
       <c r="C726">
-        <v>45.6</v>
+        <v>132.0</v>
       </c>
       <c r="D726" t="s">
-        <v>6</v>
+        <v>337</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" t="s">
-        <v>579</v>
+        <v>674</v>
       </c>
       <c r="B727" t="s">
-        <v>580</v>
+        <v>675</v>
       </c>
       <c r="C727">
-        <v>48.0</v>
+        <v>156.0</v>
       </c>
       <c r="D727" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" t="s">
-        <v>581</v>
+        <v>676</v>
       </c>
       <c r="B728" t="s">
-        <v>582</v>
+        <v>677</v>
       </c>
       <c r="C728">
-        <v>48.0</v>
+        <v>156.0</v>
       </c>
       <c r="D728" t="s">
-        <v>224</v>
-[...1049 lines deleted...]
-        <v>224</v>
+        <v>337</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:D804"/>
+  <autoFilter ref="A1:D729"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>