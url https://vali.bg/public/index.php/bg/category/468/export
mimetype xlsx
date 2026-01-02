--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -82,50 +82,53 @@
   <si>
     <t>HAMA Стойка за смартфон "Pro II", 9,5 см, 1/4", 04648</t>
   </si>
   <si>
     <t>HAMA-04648</t>
   </si>
   <si>
     <t>HAMA Стойка за мобилен телефон "Magnet" за табло, 201518</t>
   </si>
   <si>
     <t>HAMA-201518</t>
   </si>
   <si>
     <t>Универсална стойка за таблет HAMA, от 7 - 12,9", 125120</t>
   </si>
   <si>
     <t>HAMA-125120</t>
   </si>
   <si>
     <t>Поставка за телефон HAMA Flipper, За кола, За  размер 6 - 8 см, 201515</t>
   </si>
   <si>
     <t>HAMA-201515</t>
   </si>
   <si>
+    <t>ограничена наличност (до 3 бр.)</t>
+  </si>
+  <si>
     <t>Магнитна стойка за телефон HAMA "Magnet Alu", За кола, 201516</t>
   </si>
   <si>
     <t>HAMA-201516</t>
   </si>
   <si>
     <t>HAMA Магнитна стойка за телефон за кола "Magnet"</t>
   </si>
   <si>
     <t>HAMA-201972</t>
   </si>
   <si>
     <t>Комплект стойка за кола "Multi" 2 в 1, HAMA-201521</t>
   </si>
   <si>
     <t>HAMA-201521</t>
   </si>
   <si>
     <t>Стойка за мобилен телефон "Gravity Pro" за кола, HAMA-201511</t>
   </si>
   <si>
     <t>HAMA-201511</t>
   </si>
   <si>
     <t>Стойка за мобилен телефон "Easy Snap" за кола, HAMA-201510</t>
@@ -146,53 +149,50 @@
     <t>HAMA-201512</t>
   </si>
   <si>
     <t>HAMA Магнитна стойка за кола за телефон MagLock, За предното стъкло, Черна</t>
   </si>
   <si>
     <t>HAMA-210106</t>
   </si>
   <si>
     <t>HAMA Стойка за кола "Lock", магнитна, за вентилацията, за Apple</t>
   </si>
   <si>
     <t>HAMA-210105</t>
   </si>
   <si>
     <t>HAMA Стойка за мобилен телефон "Puck", магнитна, 04655</t>
   </si>
   <si>
     <t>HAMA-04655</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design iSlider, Черна</t>
   </si>
   <si>
     <t>RD-10042</t>
-  </si>
-[...1 lines deleted...]
-    <t>ограничена наличност (до 3 бр.)</t>
   </si>
   <si>
     <t>Поставка за смартфон DeLock 18426, Място за магнитно зарядно MagSafe, Алуминий, Сребрист</t>
   </si>
   <si>
     <t>DELOCK-18426</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design mStand mobile, Сребрист</t>
   </si>
   <si>
     <t>RD-10059</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design mStand mobile, Черен</t>
   </si>
   <si>
     <t>RD-10065</t>
   </si>
   <si>
     <t>Поставка за телефон или таблет Rain Design mStand mobile, Златист</t>
   </si>
   <si>
     <t>RD-10060</t>
   </si>
@@ -738,205 +738,205 @@
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8">
         <v>22.008</v>
       </c>
       <c r="D8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9">
         <v>23.544</v>
       </c>
       <c r="D9" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10">
         <v>23.652</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11">
         <v>24.0</v>
       </c>
       <c r="D11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12">
         <v>24.864</v>
       </c>
       <c r="D12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13">
         <v>25.2</v>
       </c>
       <c r="D13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14">
         <v>29.412</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15">
         <v>29.604</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C16">
         <v>29.904</v>
       </c>
       <c r="D16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C17">
         <v>32.4</v>
       </c>
       <c r="D17" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18">
         <v>33.6</v>
       </c>
       <c r="D18" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19">
         <v>34.8</v>
       </c>
       <c r="D19" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C20">
         <v>36.0</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>45</v>
       </c>
       <c r="B21" t="s">
         <v>46</v>
       </c>
       <c r="C21">
         <v>37.908</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22">
         <v>52.8</v>
@@ -1004,65 +1004,65 @@
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27">
         <v>59.004</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>59</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28">
         <v>66.0</v>
       </c>
       <c r="D28" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29">
         <v>66.504</v>
       </c>
       <c r="D29" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>63</v>
       </c>
       <c r="B30" t="s">
         <v>64</v>
       </c>
       <c r="C30">
         <v>67.2</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>65</v>
       </c>
       <c r="B31" t="s">
         <v>66</v>
       </c>
       <c r="C31">
         <v>67.2</v>